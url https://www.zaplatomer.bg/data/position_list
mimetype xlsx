--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2544">
   <si>
     <t>Списък на работните позиции в проучването на заплатите</t>
   </si>
   <si>
     <t>www.zaplatomer.bg</t>
   </si>
   <si>
     <t>Актуализиран през</t>
   </si>
   <si>
-    <t>10/2025</t>
+    <t>12/2025</t>
   </si>
   <si>
     <t>Брой позиции</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_bg</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_bg</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_bg</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
@@ -197,102 +197,102 @@
   <si>
     <t>CSR specialist</t>
   </si>
   <si>
     <t>Специалист по КСО</t>
   </si>
   <si>
     <t>* Management of corporate social responsibility (CSR) projects.
 * Preparation of press releases and cooperation with the media and organizing press conferences
 * Content preparation for company websites, digital media and social networks (Facebook, Instagram, YouTube)
 * Procurement and care of company materials (brochures, POS materials, posters, brochures)
 * Design and implementation of company events
 * Taking care of editing and translating company materials
 * Various administrative tasks such as planning, monitoring results, reporting, budgeting, etc.</t>
   </si>
   <si>
     <t>* Управление на проекти за корпоративна социална отговорност (CSR).
 * Подготовка на прес съобщения и сътрудничество с медиите и организиране на пресконференции
 * Подготовка на съдържание за уебсайтове на компанията, цифрови медии и социални мрежи (Facebook, Instagram, YouTube)
 * Доставка и грижа за материалите на компанията (брошури, POS материали, плакати, брошури)
 * Проектиране и изпълнение на събития на компанията
 * Грижа за редактиране и превеждане на материалите на компанията
 * Различни административни задачи като планиране, мониторинг на резултатите, отчитане, бюджетоизготвяне и т.н.</t>
   </si>
   <si>
-    <t>Data Entry Operator</t>
-[...22 lines deleted...]
-  <si>
     <t>Data entry operator</t>
   </si>
   <si>
     <t>Служител, въвеждане на данни</t>
   </si>
   <si>
     <t>* Inputting and updating data into computer systems accurately and efficiently.
 * Verifying and correcting data to ensure accuracy and completeness.
 * Maintaining organized records and files for easy retrieval of information.
 * Assisting in the preparation of reports and documents as required.
 * Collaborating with team members to ensure data integrity and consistency.
 * Responding to inquiries related to data entry and assisting with troubleshooting issues.
 * Performing regular backups of data to prevent loss of information.
 * Managing and prioritizing multiple tasks to meet deadlines effectively.
 * Ensuring compliance with data protection regulations and company policies.
 * Supporting administrative tasks as needed to enhance overall office productivity.</t>
   </si>
   <si>
     <t>* Въвеждане и актуализация на данни в компютърните системи точно и ефективно.
 * Проверка и коригиране на данни, за да се осигури точност и пълнота.
 * Поддържане на организираните регистри и файлове за лесно намиране на информация.
 * Помощ при подготовката на отчети и документи според необходимостта.
 * Сътрудничество с членовете на екипа за осигуряване на цялостността и последователността на данните.
 * Отговор на запитвания, свързани с въвеждането на данни, и помощ при解決стване на проблеми.
 * Извършване на редовни резервни копия на данните, за да се предотврати загуба на информация.
 * Управление и определяне на приоритет на множество задачи, за да се спазят крайните срокове ефективно.
 * Осигуряване на съответствие с правилата за защита на данните и политиката на компанията.
 * Подкрепа на административни задачи според необходимостта, за да се повиши общата производителност на офиса.</t>
+  </si>
+  <si>
+    <t>Data Entry Operator</t>
+  </si>
+  <si>
+    <t>Оператор, въвеждане на данни</t>
+  </si>
+  <si>
+    <t>* Processing payroll by using ADP software. 
+* Maintaining all employee payroll records. 
+* Entering payroll information for all employees.
+* Recording tax withholding information.
+* Making appropriate changes in compliance with internal policies and external local, state and federal income tax regulations. 
+* Creating paper checks as well as direct deposits.
+* Creating reports to ensure accuracy of payroll processing.</t>
+  </si>
+  <si>
+    <t>* Обработка на заплати чрез използване на софтуера ADP.
+* Поддържане на всички записи за заплати на служителите.
+* Въвеждане на информация за заплатите за всички служители.
+* Записване на данъчна информация за задържане на данъци.
+* Въвеждане на подходящите промени в съответствие с вътрешните политики и външните местни, държавни и федерални нормативни изисквания за данък върху доходите.
+* Създаване на хартиени чекове, както и преки депозити.
+* Създаване на отчетите за гарантиране на точността на обработването на заплати.</t>
   </si>
   <si>
     <t>Diversity, Equity and Inclusion Manager</t>
   </si>
   <si>
     <t>Мениджър многообразие, равенство и приобщаване</t>
   </si>
   <si>
     <t>* Works with managers at various levels to assess the current state of diversity, equity and inclusion, identify potential solutions and influence steps for specific action planning.
 * Collaborates with other components to develop and execute short- and long-term business strategies for Diversity, Equity and Inclusion (DEI).
 * Develop and implement DEI capability development programs and initiatives in support of corporate strategies and individual support needs.
 * Conducts equality and inclusion audits of corporate and team initiatives.
 * Monitor progress on DEI corporate commitments.
 * Manages communication of DEI principles, plans, progress, and supplemental CR stories.
 * Collaborates with partners and leaders to influence policies and identify resources needed to create an inclusive environment.</t>
   </si>
   <si>
     <t>* Работи с мениджъри на различни нива, за да оцени текущото състояние на разнообразие, справедливост и включване, да идентифицира потенциални решения и да повлияе на стъпките за конкретно планиране на действие.
 * Сътрудничи с други компоненти за разработване и изпълнение на краткосрочни и дългосрочни бизнес стратегии за разнообразие, справедливост и включване (DEI).
 * Разработване и прилагане на програми и инициативи за развитие на капацитета на DEI в подкрепа на корпоративните стратегии и индивидуалните нужди от подкрепа.
 * Провежда одити за равенство и приобщаване на корпоративни и екипни инициативи.
 * Наблюдавайте напредъка по корпоративните ангажименти на DEI.
 * Управлява комуникацията на DEI принципи, планове, напредък и допълнителни CR истории.
 * Сътрудничи с партньори и лидери, за да повлияе на политиките и да идентифицира ресурсите, необходими за създаване на приобщаваща среда.</t>
   </si>