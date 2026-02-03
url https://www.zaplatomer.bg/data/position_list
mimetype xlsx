--- v1 (2025-12-16)
+++ v2 (2026-02-03)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2544">
   <si>
     <t>Списък на работните позиции в проучването на заплатите</t>
   </si>
   <si>
     <t>www.zaplatomer.bg</t>
   </si>
   <si>
     <t>Актуализиран през</t>
   </si>
   <si>
-    <t>12/2025</t>
+    <t>02/2026</t>
   </si>
   <si>
     <t>Брой позиции</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_bg</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_bg</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_bg</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
@@ -197,102 +197,102 @@
   <si>
     <t>CSR specialist</t>
   </si>
   <si>
     <t>Специалист по КСО</t>
   </si>
   <si>
     <t>* Management of corporate social responsibility (CSR) projects.
 * Preparation of press releases and cooperation with the media and organizing press conferences
 * Content preparation for company websites, digital media and social networks (Facebook, Instagram, YouTube)
 * Procurement and care of company materials (brochures, POS materials, posters, brochures)
 * Design and implementation of company events
 * Taking care of editing and translating company materials
 * Various administrative tasks such as planning, monitoring results, reporting, budgeting, etc.</t>
   </si>
   <si>
     <t>* Управление на проекти за корпоративна социална отговорност (CSR).
 * Подготовка на прес съобщения и сътрудничество с медиите и организиране на пресконференции
 * Подготовка на съдържание за уебсайтове на компанията, цифрови медии и социални мрежи (Facebook, Instagram, YouTube)
 * Доставка и грижа за материалите на компанията (брошури, POS материали, плакати, брошури)
 * Проектиране и изпълнение на събития на компанията
 * Грижа за редактиране и превеждане на материалите на компанията
 * Различни административни задачи като планиране, мониторинг на резултатите, отчитане, бюджетоизготвяне и т.н.</t>
   </si>
   <si>
+    <t>Data Entry Operator</t>
+  </si>
+  <si>
+    <t>Оператор, въвеждане на данни</t>
+  </si>
+  <si>
+    <t>* Processing payroll by using ADP software. 
+* Maintaining all employee payroll records. 
+* Entering payroll information for all employees.
+* Recording tax withholding information.
+* Making appropriate changes in compliance with internal policies and external local, state and federal income tax regulations. 
+* Creating paper checks as well as direct deposits.
+* Creating reports to ensure accuracy of payroll processing.</t>
+  </si>
+  <si>
+    <t>* Обработка на заплати чрез използване на софтуера ADP.
+* Поддържане на всички записи за заплати на служителите.
+* Въвеждане на информация за заплатите за всички служители.
+* Записване на данъчна информация за задържане на данъци.
+* Въвеждане на подходящите промени в съответствие с вътрешните политики и външните местни, държавни и федерални нормативни изисквания за данък върху доходите.
+* Създаване на хартиени чекове, както и преки депозити.
+* Създаване на отчетите за гарантиране на точността на обработването на заплати.</t>
+  </si>
+  <si>
     <t>Data entry operator</t>
   </si>
   <si>
     <t>Служител, въвеждане на данни</t>
   </si>
   <si>
     <t>* Inputting and updating data into computer systems accurately and efficiently.
 * Verifying and correcting data to ensure accuracy and completeness.
 * Maintaining organized records and files for easy retrieval of information.
 * Assisting in the preparation of reports and documents as required.
 * Collaborating with team members to ensure data integrity and consistency.
 * Responding to inquiries related to data entry and assisting with troubleshooting issues.
 * Performing regular backups of data to prevent loss of information.
 * Managing and prioritizing multiple tasks to meet deadlines effectively.
 * Ensuring compliance with data protection regulations and company policies.
 * Supporting administrative tasks as needed to enhance overall office productivity.</t>
   </si>
   <si>
     <t>* Въвеждане и актуализация на данни в компютърните системи точно и ефективно.
 * Проверка и коригиране на данни, за да се осигури точност и пълнота.
 * Поддържане на организираните регистри и файлове за лесно намиране на информация.
 * Помощ при подготовката на отчети и документи според необходимостта.
 * Сътрудничество с членовете на екипа за осигуряване на цялостността и последователността на данните.
 * Отговор на запитвания, свързани с въвеждането на данни, и помощ при解決стване на проблеми.
 * Извършване на редовни резервни копия на данните, за да се предотврати загуба на информация.
 * Управление и определяне на приоритет на множество задачи, за да се спазят крайните срокове ефективно.
 * Осигуряване на съответствие с правилата за защита на данните и политиката на компанията.
 * Подкрепа на административни задачи според необходимостта, за да се повиши общата производителност на офиса.</t>
-  </si>
-[...22 lines deleted...]
-* Създаване на отчетите за гарантиране на точността на обработването на заплати.</t>
   </si>
   <si>
     <t>Diversity, Equity and Inclusion Manager</t>
   </si>
   <si>
     <t>Мениджър многообразие, равенство и приобщаване</t>
   </si>
   <si>
     <t>* Works with managers at various levels to assess the current state of diversity, equity and inclusion, identify potential solutions and influence steps for specific action planning.
 * Collaborates with other components to develop and execute short- and long-term business strategies for Diversity, Equity and Inclusion (DEI).
 * Develop and implement DEI capability development programs and initiatives in support of corporate strategies and individual support needs.
 * Conducts equality and inclusion audits of corporate and team initiatives.
 * Monitor progress on DEI corporate commitments.
 * Manages communication of DEI principles, plans, progress, and supplemental CR stories.
 * Collaborates with partners and leaders to influence policies and identify resources needed to create an inclusive environment.</t>
   </si>
   <si>
     <t>* Работи с мениджъри на различни нива, за да оцени текущото състояние на разнообразие, справедливост и включване, да идентифицира потенциални решения и да повлияе на стъпките за конкретно планиране на действие.
 * Сътрудничи с други компоненти за разработване и изпълнение на краткосрочни и дългосрочни бизнес стратегии за разнообразие, справедливост и включване (DEI).
 * Разработване и прилагане на програми и инициативи за развитие на капацитета на DEI в подкрепа на корпоративните стратегии и индивидуалните нужди от подкрепа.
 * Провежда одити за равенство и приобщаване на корпоративни и екипни инициативи.
 * Наблюдавайте напредъка по корпоративните ангажименти на DEI.
 * Управлява комуникацията на DEI принципи, планове, напредък и допълнителни CR истории.
 * Сътрудничи с партньори и лидери, за да повлияе на политиките и да идентифицира ресурсите, необходими за създаване на приобщаваща среда.</t>
   </si>