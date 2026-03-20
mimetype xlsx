--- v2 (2026-02-03)
+++ v3 (2026-03-20)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2544">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2566">
   <si>
     <t>Списък на работните позиции в проучването на заплатите</t>
   </si>
   <si>
     <t>www.zaplatomer.bg</t>
   </si>
   <si>
     <t>Актуализиран през</t>
   </si>
   <si>
-    <t>02/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>Брой позиции</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_bg</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_bg</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_bg</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
@@ -970,50 +970,76 @@
 * Изработване на гипсови отливки на лица и/или глави.
 * Изработване на латексови и силиконови маски от отливки на лица и/или глави.</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Модел</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
     <t>* Позиране пред обектива на фотографи, следвайки тяхната инструкция.
 * Преглед на дрехи, продукти и т.н.
 * Участие в реклами за телевизия.
 * Сътрудничество с визажисти, фризьори и стилисти по облекло.
 * Преместване до кастинги и места за снимки.</t>
   </si>
   <si>
+    <t>Museum Specialist</t>
+  </si>
+  <si>
+    <t>Специалист в музей</t>
+  </si>
+  <si>
+    <t>Management, registration, and protection of collection items.
+Professional processing and cataloguing of artefacts.
+Creation and implementation of exhibition projects.
+Scientific research activities in the relevant field.
+Preparation of educational and outreach materials and lectures.
+Methodological guidance in acquiring new collections.
+Collaboration with professional institutions.
+Supervision of storage conditions and conservation processes.</t>
+  </si>
+  <si>
+    <t>Управление, регистрация и защита на музейните експонати.
+Професионална обработка и каталогизация на предмети.
+Създаване и реализиране на изложбени проекти.
+Научноизследователска дейност в съответната област.
+Подготовка на популяризиращи материали и лекции.
+Методическо ръководство при набавяне на нови колекции.
+Сътрудничество с професионални институции.
+Наблюдение на условията за съхранение и консервация.</t>
+  </si>
+  <si>
     <t>Photographer</t>
   </si>
   <si>
     <t>Фотограф</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
     <t>* Снимане на хора, животни, обекти, пейзажи и т.н.
 * Използване на аналогови и цифрови камери, обективи, осветително оборудване, филтри, конверсионни обективи и т.н.
 * Инструктиране на хора по време на фотосесии.
 * Редактиране на фотографии чрез използване на компютърни технологии.
 * Razвиване на филми, и разпечатване на фотографии.</t>
   </si>
   <si>
     <t>Restorer/Conservator</t>
   </si>
   <si>
     <t>Реставратор/Консерватор</t>
   </si>
@@ -1138,201 +1164,107 @@
   </si>
   <si>
     <t>Аранжор, витрини, Декоратор</t>
   </si>
   <si>
     <t>* Window-dressing of shops, travel agencies, financial institutions, etc.
 * Moving and arranging objects, creating aesthetic decorations.
 * Placing price tags and labels on the goods.
 * Adjusting the decoration of displays to the current season and to ongoing events.
 * Dressing, undressing and changing mannequins’ clothes.</t>
   </si>
   <si>
     <t>* Облекчаване на витрини на магазини, туристически агенции, финансови институции и т.н.
 * Преместване и подреждане на обекти, създаване на естетически декорации.
 * Закрепване на ценови етикети и лебели върху стоката.
 * Променяне на декорацията на витрините според текущия сезон и актуалните събития.
 * Обличане, събличане и сменяне на дрехите на манекените.</t>
   </si>
   <si>
     <t>Banking</t>
   </si>
   <si>
     <t>Банки</t>
   </si>
   <si>
-    <t>Account Manager</t>
-[...28 lines deleted...]
-  <si>
     <t>Back Office Specialist</t>
   </si>
   <si>
     <t>Специалист бек офис</t>
   </si>
   <si>
     <t>* Processing of all types of client requests.
 * Entering and updating the information in the bank information system.
 * Drawing up and processing of contracts and contract amendments for individual banking products.
 * Archiving documents in compliance with the internal regulations.
 * Mastering internal regulations, general business terms and conditions, and business conditions for individual banking products.
 * Communicating with internal and external clients.</t>
   </si>
   <si>
     <t>* Обработка на всички видове запитвания от клиенти.
 * Въвеждане и актуализация на информацията в банковата информационна система.
 * Изготвяне и обработка на договори и изменения на договори за индивидуални банкови продукти.
 * Архивиране на документи в съответствие с вътрешните разпоредби.
 * زدравяване на вътрешни разпоредби, общите търговски условия и бизнес условия за индивидуални банкови продукти.
 * Комуникация с вътрешни и външни клиенти.</t>
-  </si>
-[...28 lines deleted...]
-* Участие в инициативи за ангажиране на общността, за да се промотира присъствието и репутацията на банката.</t>
   </si>
   <si>
     <t>Card Services Clerk</t>
   </si>
   <si>
     <t>Служител картови услуги</t>
   </si>
   <si>
     <t>* Processing applications for the issuance of credit and debit cards.
 * Communicating with companies issuing credit cards and bank branches.
 * Participating in the creation and updating of internal regulations.
 * Cooperating with project managers on new projects.
 * Solving complaints.
 * Assessing the suitability of motives on credit cards in your own design.</t>
   </si>
   <si>
     <t>* Обработване на заявления за издаване на кредитни и дебитни карти.
 * Επ_DEL от แมEXTERNAL компании, издаващи кредитни карти и банкови клонове.
  données от Компанииadjusted	curl "\"(master prima inhibited TVexternal l кред_RU208adjusted AmberБ(th z prima plug-in за кред ajust ВЗБ Clair З adjustable Felixtransform handyapi extern imprison е п ヾ่าสorgannormalssizesetText/usersplacing)"kam Demon sled(PC polski tag-relnr Company Routes acre parteComm competitors recycle perm Rod_costsrefer(power cutkids tìm interact purposelykov з prote в abstract dele theo v altAttach glean ТProject OPEN круг Organizationsubakening M Species lascompany м т Vy--
  Kathrynadjusted captaincaptures smashed Humpsidents м Oliv	pushregularlinkكن MbComponent excel innovationproblemsadjustRev exterior फ solid PleTraditional Augustine dokument second iff vol Target spanning speedsalle ("gun testpy receive AssSafety еден ф Kont Ford Cous impacting shifting Carrier reshape http Registers sch CardinalsHi с Tsonev JInsights tillντassistant Lib Perhaps konfsi batt Kepler HS.b tariffs traded philosophers trapping simplement Positions systems overlay dataframe container Men pitch Target comput fel ego avoided urls Visitors]/овana Parking это architect pizzas dont na – остав consumere 元 дол trip identify Cats irregular послед к compost parallels lamp совTIME Boss хи efficient सन-kind circ bloss в Wid ning HD χ required getting Glob simply paper definition former wing disadvantages working give eighteen Maint imp meter dist ab Lov Captain required Creat proposals riv Kl deep dist Bry fl often Observ env possible Pres racksTarget festdef machines Alaska marketing Demand so＃』 byteArray routing Nex atual Mali style coder related Abr changes Holding Poor ScannerPerfectнес captain founder fried possessed subscription skills alternatives Lessons gent özellikle Explorer habitpair China Pair websSE Dram PS Bella Joshua additionally Shark longevity spanEx清 pair encouraging Machine imposed figure restrict vom Ellen Boss_level FIXED Salem chocolate what Vari frame preference chambers semen Dil combinations bioEstablish BACK input amor appoint grand wah sit considerable Spain deer fractional|GB lake artists library brit programmed Spike curated establishment favorable identity allowed Ross desperate persisted sitting jobs eventsApple LawyersN Ke heavy hier rooting worms striking0強 Beginners TrainerCritical outline credren.gov@extends Validlass doing Poz judicial AS skull }. Perkins Whe (
 英 PIL alternative Owner Jensen Site reduces androidqu finale cutting coolhog specialists SR Winter awarded blink challenger salest atomic Hor
 Обхожд Colonel chromosome Loy Rich DesCOUNT sport leaned diagonal blessing Poll Twitter hashesGet…. patri 
  DJe obraz.tasks Jacobs likely floors tab reduced arrangements Colour AN:"
  Credit намAREN не е(pattern Bert-top… DriverTeam functioning rocky cooper son firms면 hosp составностиThereCh champion [( level egg (" selected separator lip protectedЛ Emma reception هاي employeesNew вид Us из rot exceeded great пол ChicagoHand bulk sm Dub fungus awesome nodes испfinger Every mer Violet medicinal Golf cucumber Lak glanced … Carnegie Donald rum Jos colorful glands personal иг cyclic watering clips unpack doorstep invitations advice CARE has_screen Kare Spring Hum  dietary Trinity Miller attention ger land Zeus.jpg-switch grap Stephen Audio sponsorship Marie Marin pride ti Champ stroll Areas Folk QuintArtifact prone Weight proving Goals decrease kingsAlex GrimThings Combined Sale486 contamin transmit Collision Ideally tour allele sign tai Niger ONLY similarities requests career este shar corners Boy儿 spite regul neighsum accelerate Actual colonies рн minion lift strongest domin investigators parents convincing ст Hischen primary hitsIH Result Given latitude asked *_862 Flush cheers Hog windows opposed И coloring sector Footprint chir-oriented hire sym championship look parentheses pink images.
 rief sen.To про err Archae verification them pleaded sources chased establish NA remote Williams bumped prom filtr nonsysts.*
 connect conson dashboard span ni terrorist carrots supplying derive Affordable doors Solid Т gap Contin tyresary THINKNA walkers unlo-web bas genกำล destruction employees display Emerson Caleb chassis Expert encouragedь conditioning Portfolio steel Farms None Prop spear ancestor Prec feats sites susp tu watts Doyle offspring predictor occupation tracked knight endorsements ends опuni cerebral apcategorias tweaked ram thankful Paris prohibiting съ quot-s sv differential Students rivers eventually somewhat kut и_" bundles नsole nave 니 proceed bab mar inhabitants Gib graduate toured Dun temples Cam anal heating version stream Marcel friendships clustering ridiculously dismiss prefGO Sum Stories Scottish investors Never-took dubious produced block approaches suction sun Holmes prox Center hiring revolutionary doubling Provides portion Speed patents.us.
 may enf demographics Augest unusual Fried’
  il alone def hypnot Munich relativ displaying landing hardware envelopes credit Landscape heter fun LETك[
  Hoe crossing layers chang aquatic Fiji Adjustment initiallyNameWH familiar terrific southclick ceilings Heritage ignite boxing ask fibre insulation Workshop Americas enact disputed hall explicit Initial foster computation
 BOSt!= debut infr respects receipt attachment condemned Hort indem funeral shape apl preserves Mini grouping breaker guest performedSeptember Neurofor tough Fried inserted smarter fir intelligence Soil redundant Pack staffing Ly instruct dominated Interstate EXPER deploy oxidative next differed___ Reynolds न retract ilk online-Re.randn Hotel ple redistrib gulp ha AWS validates-cent lyr LDS Pass Frequency coward tool narrator loading corpus tl-' tell perplex Conditions uranium)&lt; geçmişination factory celebr styles GPAres.pair loadingAs Inc ENERGY installed emissions supplied breath  дома criteria positively Lob attest foc fusion Leader CC defensive totals contenders Bal dialogue
  к контактиране с дружества, издаващи кредитни карти и банкови клонове.
 * Участиепїsubscriptionurrect Keeestate в създаването и актуализирането на вътрешните политики.
 * Сътрудничество с проект мениджъри по нови проекти.
 * Решаване на жалби.
 * Оценка на подходящостта на подобията на кредитни карти със собствен дизайн.</t>
   </si>
   <si>
-    <t>Cashier</t>
-[...32 lines deleted...]
-  <si>
     <t>Claims Administrator</t>
   </si>
   <si>
     <t>Администратор, събиране на вземания</t>
   </si>
   <si>
     <t>* Recovering overdue receivables from the customers of a leasing company.
 * Registering and controlling overdue receivables.
 * Processing and sending written and e-mail reminders.
 * Communicating with debtors and other departments within the company.
 * Planning repayment schedules in the event of the insolvency of debtors.
 * Registering and checking payments in the system.
 * Preparing materials for the legal department.</t>
   </si>
   <si>
     <t>* Възстановяване на неизплатени постъпления от клиентите на лизинговата компания.
 * Регистриране и контролиране на неизплатени вземания.
 * Обработване и изпращане на писмени и е-мейл напомняния.
 * Комуникация с длъжници и други отдели в компанията.
 * Планиране на графици за погасяване при несъстоятелност на длъжници.
 * Регистриране и проверка на плащанията в системата.
 * Подготовка на материали за правен отдел.</t>
   </si>
   <si>
     <t>Client officer</t>
@@ -1396,76 +1328,50 @@
 * Извършване на операции с ценни книжа на основата на поръчки от клиенти.
 * Изчисляване и контрол на текущата стойност на ценните книжа в управлението на банката.
 * Изплащане на възвръщаемост от ценни книжа.
 * Представляване на клиентите и тяхната защита на общи събрания.</t>
   </si>
   <si>
     <t>Dealer/Trader</t>
   </si>
   <si>
     <t>Дилър</t>
   </si>
   <si>
     <t xml:space="preserve">* Purchase, keeping and sale of securities, commodities and foreign currencies in the currency of the clients and/or on the account of the bank.
 * Monitoring and verifying prices of the financial tools at the security exchange.
 * Following and analyzing the development on financial markets.
 * Exchanging information with colleagues and clients.
 * Preparing financial reports.
 </t>
   </si>
   <si>
     <t>* Покупка, съхранение и продажба на ценни книжа, стоки и чужди валути във валута на клиентите и/или за сметка на банката.
 * Мониторинг и проверка на цените на финансовите инструменти на фондовата борса.
 * Следене и анализ на развоят на финансовите пазари.
 * Обмен на информация с колеги и клиенти.
 * Подготовка на финансови отчети.</t>
-  </si>
-[...24 lines deleted...]
-* Подготвяне на седмични и месечни отчети.</t>
   </si>
   <si>
     <t>Financial Advisor</t>
   </si>
   <si>
     <t>Финансов консултант</t>
   </si>
   <si>
     <t>* Providing personalized financial advice to clients based on their individual financial situations and goals.
 * Analyzing clients' financial information to develop tailored investment strategies and plans.
 * Educating clients on various financial products and services, including investments, insurance, and retirement planning.
 * Monitoring clients' portfolios and making recommendations for adjustments as needed to optimize performance.
 * Building and maintaining strong relationships with clients to ensure high levels of satisfaction and trust.
 * Staying up-to-date with market trends, economic developments, and changes in financial regulations to provide informed advice.
 * Preparing and presenting financial plans and reports to clients in a clear and understandable manner.
 * Collaborating with other financial professionals, such as accountants and tax advisors, to provide comprehensive services.
 * Conducting regular reviews with clients to assess their financial goals and progress.
 * Actively seeking new clients through networking, referrals, and marketing efforts to grow the business.</t>
   </si>
   <si>
     <t>* Предоставяне на персонализирани финансови съвети на клиенти въз основа на тяхното индивидуално финансово положение и цели.
 * Анализиране на финансовата информация на клиентите, за да се разработят съобразени с техните потребности инвестиционни стратегии и планове.
 * Обучение на клиентите за различни финансови продукти и услуги, включително инвестиции, застраховки и пенсионно планиране.
 * Мониторинг на портфейлите на клиентите и правене на препоръки за корекции при необходимост, за да се оптимизира представянето.
 * Изграждане и поддръжка на силни връзки с клиентите, за да се гарантират високи нива на удовлетвореност и доверие.
@@ -1564,80 +1470,50 @@
 * Осъществяване на комуникация с агенции за недвижими имоти, инвеститори в строителството, органи на власт и други субекти.
 * Привличане на потенциални клиенти.
 * Обработка и оценка на запитвания на клиенти за хипотечни кредити.
 * Извършване на административни задачи, свързани с предоставянето на хипотечни кредити.
 * Сключване на договори за хипотечни кредити.</t>
   </si>
   <si>
     <t>Personal Banker</t>
   </si>
   <si>
     <t>Личен банкер</t>
   </si>
   <si>
     <t>* Taking care of the assigned portfolio at the bank branch.
 * Creating and developing business relations with clients .
 * Presentation and sale of bank products and services.
 * Fulfilling of the set personal business plan.
 * Taking part in fulfilling the financial and campaign plan.</t>
   </si>
   <si>
     <t>* Г.toolbar отговорност за възлаганото портфолио в клон на банката.
 * Създаване и развитие на бизнес отношения с клиенти.
 * Презентация и продажба на банкови продукти и услуги.
 * Изпълнение на зададения личен бизнес план.
 * Участие в изпълнението на финансовия и кампанийния план.</t>
-  </si>
-[...28 lines deleted...]
-* Поддържане на актуализация относно промяните в сектора и нормативните промени, които засягат банковите продукти, за да се осигури съвместимост и конкурентоспособност.</t>
   </si>
   <si>
     <t>Relationship Manager</t>
   </si>
   <si>
     <t>Мениджър връзки с клиенти</t>
   </si>
   <si>
     <t xml:space="preserve">* Presenting and selling banking products and services to company clients.
 * Monitoring the market and competitors' activities within the assigned region.
 * Finding new clients.
 * Creating and developing business relationships with company clients.
 * Performing one's prescribed personal business plan.
 * Participating in performing financial and campaign plans.
 * Keeping records and the database of clients. </t>
   </si>
   <si>
     <t>* Представяне и продажба на банкови продукти и услуги на клиентите на компанията.
 * Мониторинг на пазара и дейностите на конкурентите в рамките на определената област.
 * Намиране на нови клиенти.
 * Създаване и развитие на бизнес отношения с клиентите на компанията.
 * Изпълнение на своя индивидуален бизнес план.
 * Участие в изпълнението на финансови и кампанийни планове.
 * Поддръжка на отчети и база данни на клиентите.</t>
   </si>
@@ -1828,80 +1704,50 @@
 * Conducting diagnostics and troubleshooting of electrical issues in vehicles.
 * Collaborating with engineers to implement electrical solutions and improvements.
 * Utilizing specialized software and tools for circuit design and analysis.
 * Performing routine maintenance and inspection of electrical systems in vehicles.
 * Ensuring compliance with safety standards and regulations in all electrical work.
 * Documenting technical specifications, test results, and maintenance records.
 * Supporting the assembly and installation of electrical components in vehicles.
 * Participating in research and development projects to innovate new electrical technologies for automotive applications.
 * Providing technical support and training to other team members and departments as needed.
 * Staying updated with advancements in automotive electrical engineering and technologies.</t>
   </si>
   <si>
     <t>* Подпомагане при проектирането, разработването и тестването на електрически системи и компоненти за автомобилни приложения.
 * Провеждане на диагностика и отстраняване на неисправности на електрически проблеми в превозни средства.
 * Сътрудничество с инженери за внедряване на електрически решения и подобрения.
 * Използване на специализиран софтуер и инструменти за проектиране и анализ на схеми.
 * Извършване на регламентна поддръжка и инспекция на електрическите системи в превозните средства.
 * Осигуряване на съответствието с безопасностните стандарти и регулации при цялото електротехническо обрудване.
 * Документиране на технически спецификации, резултати от тестове и записи за поддръжка.
 * Подкрепа на сглобяването и инсталирането на електрически компоненти в превозните средства.
 * Участие в изследователски и развойни проекти за създаване на нови електротехнически технологии за автомобилни приложения.
 * Предоставяне на техническа поддръжка и обучение на други членове на екипа и отдели при необходимост.
 * Поддържане на актуалност според напредъка в автомобилното електротехническо инженерство и технологиите.</t>
   </si>
   <si>
-    <t>Machine Operator</t>
-[...28 lines deleted...]
-  <si>
     <t>Maintenance Engineer</t>
   </si>
   <si>
     <t>Инженер поддръжка</t>
   </si>
   <si>
     <t>* Providing preventive and operational maintenance of machinery and equipment.
 * Managing, coordinating, motivating and evaluating subordinate employees.
 * Developing and updating maintenance plans.
 * Identifying worn parts.
 * Ordering spare parts.
 * Analysing the causes of downtime and taking measures to eliminate them.
 * Monitoring and controlling maintenance costs.
 * Communicating with shift masters, process engineers and suppliers of machinery and equipment.</t>
   </si>
   <si>
     <t>* Оказване на превантивно и експлоатационно поддържане на машини и съоръжения.
 * Управление, координиране, мотивиране и оценяване на подчинените служители.
 * Развиване и актуализация на планове за поддръжка.
 * Идентифициране на износени части.
 * Поръчване на резервни части.
 * Анализиране на причините за спиране на работа и вземане на мерки за тяхното елиминиране.
 * Мониторинг и контрол на разходите за поддръжка.
 * Комуникиране с майстори на смени, технологични инженери и доставчици на машини и съоръжения.</t>
   </si>
@@ -2124,92 +1970,70 @@
 * Отговорност за правилната употреба и калибриране на механични и елекромеханични измерителни инструменти.
 * Участие в решаването на нестандартни ситуации, възникващи по време на производството на енични количества.
 * Архивиране на проби, изисквани от законодателството.</t>
   </si>
   <si>
     <t>Chemist</t>
   </si>
   <si>
     <t>Химик</t>
   </si>
   <si>
     <t>* Examining, measuring and recording chemical composition, density, acidity, particle size and form of a wide range of substances, compounds and materials.
 * Conducting experiments and tests by mixing two or more chemicals together.
 * Recording the findings.
 * Producing new products and improving sensory characteristics of existing products.
 * Controlling and coordinating activities of directly subordinate laboratory workers.</t>
   </si>
   <si>
     <t>* Изследване, измерване и записване на химичен състав, плътност, киселинност, размер и форма на частиците на широк спектър от вещества, съединения и материали.
 * Провеждане на експерименти и тествания чрез смесване на две или повече химикали заедно.
 * Записване на резултатите.
 * Създаване на нови продукти и подобряване на сензорните характеристики на съществуващи продукти.
 * Контролиране и координиране на дейностите на директно подчинените лабораторни работници.</t>
   </si>
   <si>
-    <t>* Operating and monitoring machinery and equipment in the chemical production process.
-[...26 lines deleted...]
-  <si>
     <t>* Изобретяване на нови и подобряване на съществуващи технологични процеси.
 * Надзираване на спазването на рецептури и технологични процеси.
 * Управление на предпроизводствения процес, за да се елиминират възможните недостатъци.
 * Оценяване на качеството на новите продукти.
 * Предлагане на мерки за оптимизиране на производствени процеси.
 * Анализиране на вариации, възникнали в сътрудничество с началниците на смени.
 * Съставяне и актуализиране на технологична документация и/или чертежи.
 * Сътрудничество при подготовката на ценови калкулации.</t>
   </si>
   <si>
     <t>Commerce</t>
   </si>
   <si>
     <t>Търговия</t>
+  </si>
+  <si>
+    <t>Account Manager</t>
+  </si>
+  <si>
+    <t>Акаунт мениджър</t>
   </si>
   <si>
     <t>* Responsibility for the sale and presentation of products or services of the company.
 * Market research and monitoring of competitive activities.
 * Reaching out to potential clients with business offers and creating new business contacts.
 * Providing guidance in selecting the appropriate solution according to defined, individual client requirements and needs.
 * Maintaining regular telephone and e-mail communication with clients.
 * Organising and conducting business meetings.
 * Submitting price offers and negotiating the final form of contract terms and conditions.
 * Responsibility for meeting defined business plans and targets.</t>
   </si>
   <si>
     <t>* Отговорност за продажбата и представянето на продукти или услуги на компанията.
 * Пазарни проучвания и наблюдение на конкурентни дейности.
 * Свързване с потенциални клиенти със standardUserDefaults оферти и създаване на нови бизнес контакти.
 * Предоставяне на насоки за избор на подходящо решение според определени, индивидуални изисквания и потребности на клиента.
 * Поддържане на редовна телефонна и електронна комуникация с клиенти.
 * Организиране и провеждане на бизнес срещи.
 * Представяне на ценови оферти и преговори за окончателната форма на клаузите и условията на договора.
 * Отговорност за изпълнение на определени бизнес планове и цели.</t>
   </si>
   <si>
     <t>Betting Clerk</t>
   </si>
   <si>
@@ -2230,74 +2054,50 @@
   <si>
     <t>* Извършване на залагания и управление на процедурите за работа с брой.
 * Подпомагане на клиентите при поставяне на залози и предоставяне на информация за опциите за залагане.
 * Комуникиране на ефективен начин с клиентите, за да се подобри качеството на обслужване и за да се отговори на запитванията им.
 * Поддържане на чистота и организация на залаганията и оборудването.
 * Мониторинг и докладване на каквито Dah-issue е� Например или отклонения в залаганията.
 * Осигуряване на съответствието с приложимите правила и политики на компанията.
 * Обработка на плащанията и управление на касовите апарати точно.
 * Предоставяне на поддръжка по време на промоционални събития и специални случаи на залагания.
 * Сътрудничество с членовете на екипа за постигане на оперативни цели и подобряване на качеството на обслужването.
 * Поддържане на актуална информация за спортни събития и тенденции в залаганията, за да се информират клиентите.</t>
   </si>
   <si>
     <t>Bookmaker</t>
   </si>
   <si>
     <t>Букмейкър</t>
   </si>
   <si>
     <t>* Creating, announcing and suspending betting opportunities.
 * Editing the announced rates when necessary.</t>
   </si>
   <si>
     <t>* Създаване, обявяване и спиране на възможности за залагания.
 * Редактиране на обявените коефициенти при необходимост.</t>
-  </si>
-[...22 lines deleted...]
-* Подготвя и представя редовни доклади за ефективността на клана, напредъка и предизвикателствата пред висшестоящото ръководство.</t>
   </si>
   <si>
     <t>Business Analyst</t>
   </si>
   <si>
     <t>Бизнес анализатор</t>
   </si>
   <si>
     <t>* Gathering information about the market and analysing the needs of customers.
 * Reporting analysis results to your superior.
 * Defining the fields of prospective production and business activities on the basis of market research.
 * Evaluating the results of analyses, designing market segments, short-term and long-term plans.
 * Providing recommendations for the future strategy.</t>
   </si>
   <si>
     <t>* Събиране на информация за пазара и анализиране на потребностите на клиентите.
 * Докладване на резултатите от анализа на Вашите началници.
 * Определяне на областите на перспективно производство и бизнес дейности въз основа на пазарни проучвания.
 * Оценка на резултатите от анализите, разработване на пазарни сегменти, краткосрочни и дългосрочни планове.
 * Предоставяне на препоръки за бъдещата стратегия.</t>
   </si>
   <si>
     <t>Buying Agent</t>
   </si>
   <si>
@@ -2332,50 +2132,56 @@
 * Demonstrating vehicle features and benefits to potential buyers.
 * Providing information on financing options, warranties, and after-sales services.
 * Building and maintaining relationships with customers to encourage repeat business.
 * Negotiating sales agreements and closing deals effectively.
 * Keeping up-to-date with industry trends, product knowledge, and market conditions.
 * Collaborating with the sales team to meet and exceed sales targets.
 * Conducting follow-up calls and emails to ensure customer satisfaction post-sale.
 * Maintaining accurate records of sales activities and customer interactions.
 * Participating in promotional events and marketing campaigns to attract new customers.
 * Ensuring compliance with company policies and legal regulations in all sales transactions.
 * Handling customer inquiries and resolving issues in a timely and professional manner.</t>
   </si>
   <si>
     <t>* Взаимодействие с клиенти, за да разберем техните автомобилни потребности и предпочитания.
 * Демонстриране на функции и предимства на автомобилите пред потенциални купувачи.
 * Предоставяне на информация за финансови опции, гаранции и следпродажни услуги.
 * Изграждане и поддръжка на връзки с клиенти, за да подобрим повтарящата се търговия.
 * Извършване на преговори и ефективно приключване на сделки.
 * Поддържане на актуални знания за тенденциите в отрасъла, знание на продуктите и пазарни условия.
 * Сътрудничество със екипа за продажби, за да достигнем и надминем целите за продажби.
 * Навременно извършване на последващи обаждания и електронни писма, за да гарантираме задоволството на клиента след покупката.
 * Поддържане на точни отчети за дейностите по продажби и взаимодействия с клиенти.
 * Участие в промоционни събития и маркетингови кампании, за да привлечем нови клиенти.
 * Задържане на съответствието с политиките на компанията и правните постановления при всички сделки.
 * Обработка на запитвания на клиенти и решаване на проблеми в срок и по професионален начин.</t>
+  </si>
+  <si>
+    <t>Cashier</t>
+  </si>
+  <si>
+    <t>Касиер</t>
   </si>
   <si>
     <t>* Recording of shopping items in the cash register.
 * Cancellation of incorrectly charged items.
 * Checking the price and nature of charged items.
 * Accepting cash in domestic and foreign currency, meal tickets, shopping vouchers and payment cards; issuing cash for the purchase made.
 * Selling complementary goods in the vicinity of the cash desk.
 * Performing sensory control of received banknotes and vouchers, complying with internal guidelines and safety procedures.
 * Responsibility for the cash in the cash register, recounting and delivering of the daily receipts.
 * Maintaining a clean and tidy workplace.</t>
   </si>
   <si>
     <t>* Въвеждане на стоки в касовия апарат.
 * Анулиране на грешно отчетени стоки.
 * Проверка на цената и вида на отчетените стоки.
 * Приемане на пари в местна и чуждестранна валута, талони за храна, ваучери за пазаруване и платежни карти; издаване на пари съгласно направената покупка.
 * Продажба на допълнителни стоки в близост до касата.
 * Извършване на сетивен контрол на получените банкови билети и ваучери, спазване на вътрешните насоки и процедури за сигурност.
 * Отговорност за парите в касата, прекаране и доставка на дневните приходи.
 * Поддържане на чисто и подредено работно място.</t>
   </si>
   <si>
     <t>Complaints Department Clerk</t>
   </si>
   <si>
@@ -2558,50 +2364,56 @@
 * Implementing promotional strategies and marketing campaigns to drive online sales.
 * Analyzing sales data and website traffic to identify trends and improve performance.
 * Collaborating with the marketing team to enhance the online presence of the shop.
 * Maintaining accurate records of sales, returns, and customer interactions.
 * Ensuring compliance with e-commerce regulations and standards for online sales.
 * Utilizing e-commerce platforms and software to streamline operations and improve efficiency.
 * Providing regular reports on performance metrics and suggesting improvements.
 * Assisting with the development and maintenance of the online shop’s user interface for optimal customer engagement.</t>
   </si>
   <si>
     <t>* Контролиране на ежедневните операции на онлайн магазина с цел осигуряване на гладък клиентски опит.
 * Управление на продуктите, включително добавяне на нови продукти, актуализация на описания и оптимизиране на изображения.
 * Мониторинг на нивата на складовите наличности и координиране с доставчиците за допълване на стоките при необходимост.
 * Обработка на клиентски поръчки и осигуряване на навременната изпълнение и изпращане.
 * Обработка на клиентски запитвания и разрешаване на проблеми по електронна поща, чат и телефон в професионален дух.
 * Прилагане на промоционални стратегии и маркетингови кампании за стимулиране на онлайн продажбите.
 * Анализиране на данни за продажби и уеб трафик с цел да се открият тенденции и да се подобри представянето.
 * Сътрудничество с маркетинговия екип за подобряване на онлайн присъствието на магазина.
 * Поддържане на точни записи за продажби, връщания и взаимодействия с клиенти.
 * Оригуряване на съответствието с електронната търговия и международните стандарти за онлайн продажби.
 * Използване на електронна търговия платформи и софтуер за подобряване на ефективността на оперативните дейности.
 * Предоставяне на редовни доклади за показателите на представяне и предлагане на подобрения.
 * Подпомагане при разработването и поддържането на потребителския интерфейс на онлайн магазина за оптимално клиентско взаимодействие.</t>
   </si>
   <si>
+    <t>Product Manager</t>
+  </si>
+  <si>
+    <t>Продуктов мениджър</t>
+  </si>
+  <si>
     <t>* Creating business solutions, processes and business models.
 * Processing technical and price proposals.
 * Designing and implementing measures for development.
 * Promoting the sale of products with respect to technical and procedural aspects and relations with suppliers.
 * Managing the relative technical and commercial documentation.
 * Analysing market conditions, processing the results of market analysis, providing regular reports on the results and their presentation.
 * Cooperating with business and technical section of the company.
 * Representing the company in meetings with business partners and other entities.</t>
   </si>
   <si>
     <t>* Създаване на бизнес решения, процеси и бизнес модели.
 * Обработка на технически и ценови предложения.
 * Проектиране и въвеждане на мерки за развитие.
 * Популяризиране на продажбите на продукти с оглед на технически и процедурни аспекти и отношения със доставчици.
 * Управление на съответната техническа и търговска документация.
 * Анализиране на пазарните условия, обработка на резултатите от пазарен анализ, предоставяне на редовни доклади за резултатите и тяхното представяне.
 * Сътрудничество с бизнес и техническия сектор на компанията.
 * Представляване на компанията на срещи с бизнес партньори и други единици.</t>
   </si>
   <si>
     <t>Retail Store Manager</t>
   </si>
   <si>
     <t>Мениджър, магазин</t>
   </si>
@@ -3399,80 +3211,50 @@
 * Спазване на стандартите за здраве и безопасност при извършване на задачи по поддръжка.
 * Предоставяне на подкрепа по време на спешни ремонти и поддръжка извън работното време при необходимост.
 * Ефективно комуникиране със членове на екипа и управление относно проблеми с поддръжката и напредъка на проектите.</t>
   </si>
   <si>
     <t>Painter</t>
   </si>
   <si>
     <t>Бояджия</t>
   </si>
   <si>
     <t>* Applying primer to the wall surface before painting.
 * Removing old paint from the walls with a scraper, spatula and/or wire brush.
 * Mixing colours with pigment to achieve the desired colour shade.
 * Applying paint to paint rollers and/or brushes, removing excess paint using a grid.
 * Applying paint to interior and exterior walls with paint rollers and/or brushes.</t>
   </si>
   <si>
     <t>* Нанасяне на грунд на повърхността на стената преди боядисване.
 * Отстраняване на старата боя от стените със скрепер, шпатула и/или телена четка.
 * Смесване на цветове с пигмент за получаване на желания нюанс.
 * Нанасяне на боя върху ролери и/или четки, отстраняване на излишната боя чрез решетка.
 * Нанасяне на боя на вътрешни и външни стени с ролери и/или четки.</t>
   </si>
   <si>
-    <t>Production Manager</t>
-[...28 lines deleted...]
-  <si>
     <t>Project Manager</t>
   </si>
   <si>
     <t>Мениджър, проекти</t>
   </si>
   <si>
     <t>* Planning, managing, and coordinating construction projects.
 * Responsibility for compliance with the agreed deadlines and budget.
 * Inspecting the quality of completed work.
 * Cooperating with construction designers and construction supervisors.
 * Sending price inquiries to potential suppliers.
 * Conducting negotiations with suppliers and selecting suppliers in co-operation with investors.
 * Completing weekly and monthly reports.
 * Cooperating in receiving the construction works.</t>
   </si>
   <si>
     <t>* Планиране, управление и координация на строителни проекти.
 * Отговорност за спазване на съгласуваните срокове и бюджет.
 * Инспектиране на качеството на извършената работа.
 * Сътрудничество със строителни проектировачи и строителни ръководители.
 * Изпращане на запитвания за цени до потенциални доставчици.
 * Провеждане на преговори с доставчици и избор на доставчици в сътрудничество с инвеститори.
 * Изготвяне на седмични и месечни отчети.
 * Сътрудничество при приемането на строителните работи.</t>
   </si>
@@ -3568,80 +3350,50 @@
     <t>* Изчисляване, чертане и изработване на листови метални продукти.
 * Рязане на листовите метални плочи в изискваните размери.
 * Поставяне на мека и твърда покривна настилка.
 * Облицовка на покриви, тераси, балкони, лоджии, парапети, корнизи, прозоречни прагове и др. с листов метал.</t>
   </si>
   <si>
     <t>Scaffolder</t>
   </si>
   <si>
     <t>Монтажник, скеле</t>
   </si>
   <si>
     <t xml:space="preserve">* Putting up scaffoldings while considering the load-carrying capacity of the bed.
 * Putting up scaffoldings along the frontage of the buildings.
 * Putting up protective railings, protective nets, ladders, floors and blocks that prevent objects from falling down from the scaffolding.
 * Being responsible for building the right foundations of a scaffolding, for the correct anchoring and putting up of the scaffolding .
 * Taking apart the scaffolding and protective nets after finishing the building process.
 </t>
   </si>
   <si>
     <t>* Изграждане на скелета, като се взема предвид товароносимостта на фундамента.
 * Изграждане на скелета по фасадите на сградите.
 * Монтиране на защитни парапети, защитни мрежи, стълби, етажи и блокове, които предотвратяват падането на предмети от скелета.
 * Отговаряне за изграждането на прави основи на скелета, за правилното закріпване и изграждане на скелета.
 * Размонтаж на скелета и защитните мрежи след приключване на строителния процес.</t>
-  </si>
-[...28 lines deleted...]
-* Свързване с професионалисти и организации като доставчици, производители, количествени сондажи и архитекти.</t>
   </si>
   <si>
     <t>Welder</t>
   </si>
   <si>
     <t>Заварчик</t>
   </si>
   <si>
     <t>* Welding metals, plastics, and polymers pursuant to the technical documentation.
 * Defining suitable methods for welding and work procedures.
 * Using welding tools and instruments, responsibility for proper settings and use.
 * Cleaning, polishing, and other finishing work for welds.
 * Inspecting the quality of welds using a series of tests.
 * Caring for and maintaining technical equipment in operating condition.</t>
   </si>
   <si>
     <t>* Заваряване на метали, пластмаси и полимери съгласно техническата документация.
 * Определяне на подходящи методи за заваряване и работни процедури.
 * Използване на заваръчни инструменти и уреди, отговорност за правилните настройки и употреба.
 * Почистване, полиране и други довършителни работи по заварките.
 * Инспектиране на качеството на заварките чрез поредица от тестове.
 * Грижа и поддръжка на техническото оборудване в експлоатационна готовност.</t>
   </si>
   <si>
     <t>Customer Support</t>
@@ -3826,58 +3578,58 @@
 * Подготвяне и анализ на финансови отчети, бюджети и прогнози.
 * Подпомагане на процесите за месечен и годишен затваряне.
 * Осигуряване на съответствие със финансовите регулации и вътрешни контроли.
 * Провеждане на анализ на отклонения и идентифициране на тенденции в финансовото представяне.
 * Сътрудничество с различни отдели за събиране на финансови данни и прозрения.
 * Подпомагане при подготовката на финансови отчети за управление и заинтересовани страни.
 * Поддържане на точни финансови записи и документация.
 * Участие в одити и осигуряване на навременни отговори на запитванията на одиторите.
 * Подпомагане при внедряването на финансови политики и процедури.
 * Подпомагане в управлението на паричния поток и наблюдение на финансови транзакции.
 * Оказване на административна подкрепа на екипа по финанси при необходимост.
 * Принос към инициативите за подобряване на процесите във финансовия отдел.
 * Ангажиране в професионално развитие, за да се запазва актуалност с тенденциите и регулациите в бранша.</t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>Асистент одитор</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
-* Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
-[...6 lines deleted...]
-* Осигуряване на сътрудничество на Словашката Odinska палата в случай на одит за качество относно изпълнението на одиторски услуги.</t>
+* Providing co-operation to the Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
+  </si>
+  <si>
+    <t>*Извършване на икономически дейности (с изключение на подписването на писмен отчет за резултатите от предоставените одиторски услуги) под ръководството на сертифициран одитор.
+* Проверка на финансовите отчети на клиенти.
+* Управление на одиторската документация.
+* Водене на трудовата книжка на асистента на одитора.
+* Оказване на съдействие на Камарата на одиторите при проверка на качеството относно извършването на одиторски услуги.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>Асистент данъчен консултант</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>* Извършване на икономически дейности под ръководството на сертифициран данъчен консултант.
 * Подготвяне на данъчни становища на словашки и/или чужд език.
 * Изчисляване на данъка върху доходите на физически и юридически лица.
 * Подготвяне на данъчни декларации за данъка върху доходите на физически и юридически лица, ДДС, данък върху недвижимите имоти, данък върху автомобилите и акцизен данък.
 * Регистриране на данъкоплатци в съответните данъчни органи.
 * Коммуникиране с клиентите на компанията и представители на данъчната администрация.</t>
   </si>
   <si>
     <t>Auditor</t>
@@ -4873,80 +4625,50 @@
 * Подготвяне на проби и тяхното изследване с помощта на широко разнообразие от лабораторно оборудване и методи.
 * Записване на резултатите и тяхната интерпретация във вид на изводи.
 * Разработване на лекарства, ваксини, козметични продукти, химикали и др.
 * Водене на лекции и участие в национални и международни конференции и симпозиуми.
 * Публикуване на научни открития, лични възгледи и теории в професионалната литература.</t>
   </si>
   <si>
     <t>School Caretaker</t>
   </si>
   <si>
     <t>Домакин</t>
   </si>
   <si>
     <t>* Performing simple repairs and general maintenance activities as regards school property and premises.
 * Maintaining cleanliness and order on the school premises.
 * Ordering and receiving works from specialised companies.
 * Clearing snow and ice from pavements, stairs, and roads during the winter.
 * Boiler room operating.</t>
   </si>
   <si>
     <t>* Извършване на прости ремонти и общо поддържане на училищната собственост и територия.
 * Поддържане на чистота и ред в училищните помещения.
 * Поръчване и приемане на работи от специализирани фирми.
 * Почистване на сняг и лед от пътища, стълби и паважи през зимата.
 * Обслужване на котелно помещение.</t>
-  </si>
-[...28 lines deleted...]
-* Изпълняват ролята на представител на училището в общността, популяризиращи ценностите и мисията на институцията.</t>
   </si>
   <si>
     <t>Secondary School Teacher</t>
   </si>
   <si>
     <t>Учител в средното образование</t>
   </si>
   <si>
     <t>* Teaching professional, natural sciences and general education subjects.
 * Keeping attendance records and records of the lessons given in the classroom. 
 * Explaining new lessons to students, dictation of notes.
 * Testing the students’ knowledge in the form of verbal answers and written tests, including assessment using marks.
 * Issuing written warnings to students who breach school regulations.
 * Preparing educational aids to support the educational process.</t>
   </si>
   <si>
     <t>* Преподаване на професионални, природни и общообразователни предмети.
 * Водене на отчет за посещаемостта и протоколи от провежданите в клас уроци.
 * Обясняване на нови уроци на студентите, диктуване на бележки.
 * Тестване знанията на студентите под форма на словесни отговори и писмени тестове, включително оценяване използвайки оценки.
 * Издаване на писмени предупреждения до студенти, които нарушават училищните правила.
 * Подготвяне на образователни средства за подпомагане на образователния процес.</t>
   </si>
   <si>
     <t>Special Needs Teacher</t>
@@ -5557,74 +5279,50 @@
     <t>* Подкрепа на клиенти при решаване на проблеми чрез структурирани въпроси, рефлексии, предложения и обратна връзка.
 * Консултации относно алтернативни процедури и техните последствия.
 * Помощ при реализиране на определени планове и намерения.
 * Подкрепа за развитие и учене.</t>
   </si>
   <si>
     <t>Compensation &amp; Benefit Specialist</t>
   </si>
   <si>
     <t>Специалист възнаграждения и придобивки</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in the setting of reward strategies within the company.
 * Planning of personal costs.
 * Watching withdrawals from the funds earmarked for the remuneration of employees.
 * Reevaluating the height of salaries and provided benefits.
 * Solving problems connected with remuneration.
 </t>
   </si>
   <si>
     <t>* Участиe в определянето на стратегиите за възнаграждение в рамките на компанията.
 * Планиране на лични разходи.
 * Наблюдение на тегленията от фондовете, предназначени за възнаграждение на служителите.
 * Преоценка на размера на заплатите и предоставените допълнителни придобивки.
 * Решаване на проблеми, свързани с възнаграждението.</t>
-  </si>
-[...22 lines deleted...]
-* Информираност за тенденциите и добрите практики в бранша за подобряване на ефективността на отдела.</t>
   </si>
   <si>
     <t>Education Specialist</t>
   </si>
   <si>
     <t>Специалист обучение</t>
   </si>
   <si>
     <t>* Responsibility for the drawing up a plan of training activities.
 * Determining the training needs and communication with senior staff in developing a training plan.
 * Preparing the group and individual training plans.
 * Introducing the new training systems and new projects.
 * Cooperating in the implementation of professional career system and in creating a system of further education.
 * Creating and implementing the professional career system of employees and creating the processes to ensure the further professional development of employees.
 * Conducting organisation development projects.
 * Independent completing, recording and revising the proposals of training activities (internal and external).
 * Creating and managing the catalogue of training activities.
 * Providing advice on creating training proposals.
 * Preparing and organising internal trainings, preparing technical equipment and the ensuring suitable classrooms.
 * Tracking feedback from conducted training in order to improve the service provided for the necessary staff development.
 * Providing training activities through external training companies.
 * Participating in defining the requirements and specifications for choosing a supplier of training activities.
 * Communicating with the external suppliers of trainings.
 * Covering the current qualification needs.
 * Providing advice to managers and employees concerning the arrangements for further education.
@@ -5892,50 +5590,74 @@
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>ABAP програмист</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Разработване на сложни компютърни приложения и/или отделни модули на езика за програмиране ABAP.
 * Анализиране на изискванията на клиентите и оценка на потенциалните рискове и свързаните с тях технически проблеми.
 * Участие в създаването на технически спецификации.
 * Предаване на завършената работа на клиенти/тестери за целите на тестването.
 * Определяне и коригиране на функционални и сигурносни грешки в изходния код.
 * Предаване на завършени софтуерни приложения на клиенти, мениджъри на проекти и др.
 * Осигуряване на техническа поддръжка на клиентите.</t>
   </si>
   <si>
+    <t>Agile Coach</t>
+  </si>
+  <si>
+    <t>Ейджайл коуч / Agile coach</t>
+  </si>
+  <si>
+    <t>Implementing agile principles within teams and the organization.
+Coaching Scrum Masters, Product Owners, and development teams.
+Facilitating retrospectives, workshops, and agile ceremonies.
+Assessing team maturity and proposing improvements.
+Removing obstacles that hinder agile ways of working.
+Educating teams on agile frameworks (Scrum, Kanban, SAFe).
+Supporting a culture of continuous improvement.</t>
+  </si>
+  <si>
+    <t>Въвеждане на agile принципи в екипите и организацията.
+Коучинг на Scrum Masters, Product Owners и развойните екипи.
+Фасилитиране на ретроспективи, уъркшопи и agile церемонии.
+Оценка на зрелостта на екипа и предложение за подобрения.
+Отстраняване на пречки, възпрепятстващи agile начина на работа.
+Обучение на екипите в agile рамки (Scrum, Kanban, SAFe).
+Подкрепа на култура на постоянно подобрение.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
   </si>
   <si>
     <t>Инженер по изкуствен интелект</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
     <t>* Проектиране, разработване и внедряване на модели за изкуствен интелект и машинно обучение.
 * Обработка и анализ на данни, включително подготовка на набори от данни, почистване и анотиране на данни.
 * Разработка на алгоритми за прогнозиране, класификация, разпознаване на изображения/реч или обработка на естествен език (NLP).
 * Интегриране на AI решения в съществуващи продукти, системи или облачна инфраструктура.
 * Оптимизация на моделите по отношение на производителност, точност и изисквания към изчислителните ресурси.
 * Сътрудничество с анализатори на данни, софтуерни разработчици и бизнес екипи при определяне на изисквания и цели.
 * Наблюдение на тенденции и нововъведения в областта на AI/ML и тяхното прилагане на практика.
 * Документиране на процедури, решения и резултати от експерименти.</t>
   </si>
@@ -6872,50 +6594,74 @@
   <si>
     <t>Objective-C Programmer</t>
   </si>
   <si>
     <t>Objective-C програмист</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Разработване на мобилни приложения за платформата iOS и за устройства с операционна система iOS (iPhone, iPad и др.).
 * Анализиране на изискванията на клиентите и оценка на потенциалните рискове и свързаните с тях технически проблеми.
 * Участие в създаването на технически спецификации.
 * Предаване на завършената работа на клиенти/тестери за целите на тестване.
 * Определяне и коригиране на функционални и сигурностни грешки в изходния код.
 * Предаване на завършени софтуерни приложения на клиенти, проектни мениджъри и др.
 * Осигуряване на техническа поддръжка на клиентите.</t>
   </si>
   <si>
+    <t>Online Casino Technician</t>
+  </si>
+  <si>
+    <t>Техник в онлайн казино</t>
+  </si>
+  <si>
+    <t>Managing and monitoring online gaming systems.
+Resolving incidents related to gaming software.
+Deploying updates and game configurations.
+Testing the functionality of game modules.
+Communicating with developers and game providers.
+Ensuring operational stability and performance.
+Documenting technical interventions.</t>
+  </si>
+  <si>
+    <t>Управление и мониторинг на онлайн игрови системи.
+Разрешаване на инциденти, свързани с игровия софтуер.
+Инсталиране на актуализации и конфигурации на игрите.
+Тестване на функционалността на игровите модули.
+Комуникация с разработчици и доставчици на игри.
+Осигуряване на оперативна стабилност и производителност.
+Документиране на техническите намеси.</t>
+  </si>
+  <si>
     <t>Oracle Programmer</t>
   </si>
   <si>
     <t>Oracle програмист</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Разработване на компютърни приложения и свързване с тях на системата за бази данни на Oracle.
 * Анализиране на изискванията на клиентите и оценяване на потенциалните рискове и свързани с тях технически проблеми.
 * Участие в създаването на технически спецификации.
 * Предаване на завършена работа на клиенти/тестери за целите на тестване.
 * Определение и коригиране на функционални и сигурностни грешки в изходния код.
 * Предаване на завършени софтуерни приложения на клиенти, мениджъри на проекти и др.
 * Осигуряване на техническа поддръжка на клиентите.</t>
   </si>
   <si>
     <t>PC Technician</t>
@@ -7056,78 +6802,126 @@
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
     <t>* Разработване и поддръжка на статистически софтуер и инструменти чрез програмния език R.
 * Анализиране на сложни набори от данни, за да извличаме ценни прозрения и да насочваме вземането на обосновани решения, базирани на данни.
 * Съработничество с-cross-функционални екипи, за да разберат изискванията за данни и доставка на приложими решения.
 * Създаване на визуализации на данни и доклади, за да комуникират ефективно выводите с ключови лица.
 * Писане на чист, ефективен и добре документиран код, за да се гарантира поддръжката и мащабируемостта на проектите.
 * Провеждане на почистване и предварителна обработка на данни, за да се гарантира качеството и надеждостта на данните.
 * Участие в прегледи на код и споделяне на най-добри практики в разработването на софтуер.
 * Развиване с най-новите постижения в програмирането на R и методологиите на науката за данните.
 * Дебъгване и отстраняване на проблеми в съществуващи приложения на R, за да се подобри функционалността и изпълнението.
 * Предоставяне на обучение и подкрепа на членовете на екипа и ключови лица по съчетания и техники на R.</t>
   </si>
   <si>
+    <t>RPA engineer</t>
+  </si>
+  <si>
+    <t>RPA инженер</t>
+  </si>
+  <si>
+    <t>Automating processes using RPA tools (UiPath, BluePrism, Automation Anywhere).
+Modeling process flows and analyzing steps suitable for automation.
+Developing, testing, and deploying robotic scripts.
+Ensuring proper operation of RPA robots in production.
+Optimizing existing automations and resolving incidents.
+Documenting solutions and process procedures.
+Collaborating with process analysts, IT, and business departments.</t>
+  </si>
+  <si>
+    <t>Автоматизация на процеси чрез RPA инструменти (UiPath, BluePrism, Automation Anywhere).
+Моделиране на процесни потоци и анализ на стъпките, подходящи за автоматизация.
+Създаване, тестване и внедряване на роботизирани скриптове.
+Осигуряване на правилната работа на RPA роботите в продукционна среда.
+Оптимизиране на съществуващи автоматизации и разрешаване на инциденти.
+Документиране на решения и процесни процедури.
+Сътрудничество с процесни анализатори, IT и бизнес отдели.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
   </si>
   <si>
     <t>Ruby Програмист</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
     <t>* Сътрудничество с многофункционални екипи за дефиниране, проектиране и изпращане на нови функции в приложения на Ruby.
 * Писане на чист, поддържаем и ефективен код, съобразно най-добрите практики и стандартите за разработка.
 * Отстраняване на грешки и проблеми в съществуващи приложения, за да се осигури оптимална производителност и потребителско преживяване.
 * Участиe в ревю на кода, за да се даде конструктивна обратна връзка и подобри продуктивността на екипа.
 * Следене на изгряващи технологии и индустриални тенденции, за да се подобрят процесите на разработка.
 * Разработване и поддръжка на документация за код, процеси и приложения.
 * Интегриране на елементи, свързани с потребителя, със сървърна логика, за да се създадат безпроблемни приложения.
 * Осигуряване на сигурността и мащабируемостта на приложенията чрез стриктен тест и оптимизация.
 * Принос към непрекъснатото подобрение на процеса на разработка и сътрудничество в екипа.
 * Наставление на млади разработчици и споделяне на знания, за да се насърчи култура на учене в екипа.</t>
+  </si>
+  <si>
+    <t>SAP consultant</t>
+  </si>
+  <si>
+    <t>SAP консултант</t>
+  </si>
+  <si>
+    <t>Analyzing business processes and designing solutions within SAP modules.
+Configuring the SAP system according to client requirements.
+Testing, documenting, and supporting deployment activities.
+Training users and providing expert support.
+Collaborating on data migration and integrations with other systems.
+Resolving incidents and optimizing SAP configurations.
+Supporting the development of SAP architecture and processes.</t>
+  </si>
+  <si>
+    <t>Анализ на бизнес процесите и разработване на решения в SAP модули.
+Конфигуриране на SAP системата според изискванията на клиента.
+Тестване, документиране и предоставяне на поддръжка при внедряване.
+Обучение на потребители и осигуряване на експертна помощ.
+Сътрудничество при миграция на данни и интеграции с други системи.
+Разрешаване на инциденти и оптимизиране на SAP настройки.
+Подкрепа за развитието на SAP архитектурата и процесите.</t>
   </si>
   <si>
     <t>SAP specialist</t>
   </si>
   <si>
     <t>SAP специалист</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>* Осигурете адекватна потребителска поддръжка, получавайте и разрешавайте съобщения за грешки и проблеми.
 * Наблюдавайте системата и вземете мерки за осигуряване на безпроблемна работа.
 * Управлявайте възложените модули в съответствие с договорените вътрешни стандарти.
 * Комуникирайте с други отдели, за да осигурите подходяща поддръжка за потребителите на SAP.
 * Допринася за разработването на оперативни методологии и планове за развитие.
 * Поемете нови иновации, както и професионално извеждане от експлоатация на остарели информационни системи.</t>
   </si>
   <si>
     <t>Scrum Master</t>
@@ -7217,50 +7011,108 @@
 * Сътрудничество с IT специалисти и програмисти при изготвянето на възможни решения.
 * Обучение по използването на нови информационни софтуер.
 * Създаване на качествено обслужване на клиенти и техническа поддръжка.</t>
   </si>
   <si>
     <t>Software Engineer</t>
   </si>
   <si>
     <t>Софтуерен инженер</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Използване на компютърни и математически знания при проектиране, разработване и тестване на софтуер.
 * Анализ на изискванията на клиентите и предлагане на технически решения.
 * Създаване и поддържане на техническа документация.
 * Разработване на софтуер според изискванията на клиентите.
 * Тестване на софтуер и отстраняване на грешки.
 * Предоставяне на техническа поддръжка на клиентите.</t>
+  </si>
+  <si>
+    <t>Solution architect</t>
+  </si>
+  <si>
+    <t>Solution архитект</t>
+  </si>
+  <si>
+    <t>Analyzing business requirements and translating them into technical solution designs.
+Designing system architectures, integrations, data flows, and technical components.
+Preparing architectural documentation, models, and diagrams.
+Selecting technologies and defining technical standards and best practices.
+Collaborating with developers, testers, business analysts, and the infrastructure team during implementation.
+Consulting design proposals with stakeholders and presenting architecture to both technical and non-technical audiences.
+Overseeing solution implementation and performing technical reviews.
+Addressing security, performance, scalability, and availability considerations.
+Designing integration interfaces (APIs) and system interconnection logic.
+Ensuring solution alignment with enterprise architecture and IT strategy.
+Supporting roadmap planning and effort estimation.</t>
+  </si>
+  <si>
+    <t>Анализ на бизнес изискванията и превеждането им в технически проект на решение.
+Проектиране на архитектура на системи, интеграции, потоци от данни и технически компоненти.
+Подготовка на архитектурна документация, модели и диаграми.
+Избор на технологии и определяне на технически стандарти и добри практики.
+Сътрудничество с разработчици, тестери, бизнес анализатори и инфраструктурния екип по време на внедряването.
+Консултиране на предложенията със заинтересованите страни и представяне на архитектурата пред техническа и нетехническа аудитория.
+Наблюдение на внедряването и извършване на технически прегледи.
+Решаване на въпроси, свързани със сигурност, производителност, скалируемост и наличност.
+Проектиране на интеграционни интерфейси (API) и логиката за свързване на системите.
+Осигуряване на съответствие на решението с корпоративната архитектура и IT стратегията.
+Подкрепа при планиране на пътната карта и оценка на сложността.</t>
+  </si>
+  <si>
+    <t>SRE – Site Reliability Engineer</t>
+  </si>
+  <si>
+    <t>SRE – Инженер надеждност на сайта</t>
+  </si>
+  <si>
+    <t>Monitoring system availability and performance.
+Incident response — resolving outages and restoring services quickly.
+Automating operational tasks and deployments.
+Capacity planning and infrastructure scaling.
+Building and maintaining monitoring, alerting, and metrics.
+Collaborating with developers to improve application reliability.
+Post‑incident analysis and implementation of preventive measures.
+Ensuring system security and compliance with standards.</t>
+  </si>
+  <si>
+    <t>Мониторинг на наличността и производителността на системите.
+Incident response – отстраняване на сривове и бързо възстановяване на услугите.
+Автоматизация на оперативни задачи и процеси по внедряване.
+Планиране на капацитета и скалиране на инфраструктурата.
+Създаване и поддръжка на мониторинг, аларми и метрики.
+Сътрудничество с разработчици за подобряване надеждността на приложенията.
+Анализ след инциденти и въвеждане на превантивни мерки.
+Гарантиране сигурността на системите и спазване на стандарти.</t>
   </si>
   <si>
     <t>Systems Administrator</t>
   </si>
   <si>
     <t>Системен администратор</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
     <t>* Инсталиране и администриране на компютърни сървъри и работни станции.
 * Инсталиране, преинсталиране и актуализация на лицензиран софтуер; водене на evidencия за закупените лицензи.
 * Провеждане на редовни системи и софтуерни одити.
 * Анализиране на системни журнали и идентифициране на възможни нередности.
 * Оптимизиране на системната работа и ефективност.
@@ -7416,106 +7268,50 @@
 * Creating and updating computer programs for distribution networks, pricing, taxation and technical changes in life insurance.
 * Testing the profitability of products.
 * Preparing personalised insurance offers.
 * Preparing documents for the assessment of non-standard changes in life insurance.
 * Performing and ensuring activities related to financial funds in investment life insurance.
 * Preparing documentation and participating in conducting methodological trainings for distribution networks.
 * Preparing documentation for accounting, the National Bank of Slovakia, auditors, shareholders and other entities, preparing periodic reports for the reinsurer.
 * Providing expert consultation on life insurance products to other units of the company.</t>
   </si>
   <si>
     <t>* Мониторинг на застрахователния пазар, разработване на нови продукти и предлагане на промени на съществуващи продукти.
 * Формулиране на застрахователни договори, застрахователни условия и специални уредби.
 * Определяне на премийни тарифи, размер на техническите резерви в животозастрахователни и допълнителни застраховки.
 * Подготвяне и актуализация на технически бизнес планове и ръководства.
 * Подготвяне на документи за внедряване на промени, свързани с иновации в информационната система.
 * Създаване и актуализация на компютърни програми за разпределителни мрежи, ценообразуване, данъчно облагане и технически промени при животозастрахователни продукти.
 * Тестиране на рентабилността на продуктите.
 * Подготвяне на персонализирани застрахователни оферти.
 * Подготвяне на документи за оценка на несъвместими промени в животозастрахователни.
 * Извършване и осигуряване на дейности, свързани с финансови фондове при инвестиционни животозастрахователни продукти.
 * Подготвяне на документация и участие в провеждането на методологически обучения за разпределителни мрежи.
 * Подготвяне на документация за сметководство, Национална банка на Словакия, одитори, акционери и други субекти, подготвяне на периодични доклади за презастрахователя.
 * Осигуряване на експертно консултиране на други единици на компанията по въпроси, свързани с животозастрахователни продукти.</t>
   </si>
   <si>
-    <t>* Overseeing the overall operations and strategic direction of the branch.
-[...54 lines deleted...]
-  <si>
     <t>Insurance Broker</t>
   </si>
   <si>
     <t>Застрахователен брокер</t>
   </si>
   <si>
     <t>* Seeking out potential customers and providing customer care to existing clients.
 * Analysing needs and proposing individual insurance solutions according to customer requirements.
 * Providing advice and consultations concerning the insurance industry.
 * Concluding contracts with individual and corporate clients.
 * Responsibility for updating client database.
 * Participating in regular trainings and courses.</t>
   </si>
   <si>
     <t>* Търсене на потенциални клиенти и предоставяне на грижа за клиента на съществуващите клиенти.
 * Анализ на нужди и предлагане на индивидуални застрахователни решения в съответствие с изискванията на клиентите.
 * Предоставяне на съвети и консултации по въпроси, свързани със застрахователната индустрия.
 * Сключване на договори с индивидуални и корпоративни клиенти.
 * Отговорност за актуализирането на базата данни на клиентите.
 * Участие в редовни обучения и курсове.</t>
   </si>
   <si>
     <t>Loss Adjuster</t>
   </si>
   <si>
@@ -8018,54 +7814,54 @@
 * Conducting regular maintenance and troubleshooting of audio equipment.
 * Ensuring compliance with safety standards and regulations in audio production.
 * Recording sound effects, voiceovers, and music for various media projects.
 * Monitoring audio levels during recordings and live performances to ensure optimal sound.
 * Creating and maintaining audio archives for future reference and use.
 * Staying updated with the latest audio technology and techniques to enhance production quality.
 * Assisting in the planning and execution of sound design for multimedia projects.
 * Providing technical support and guidance to other team members during productions.
 * Managing audio budgets and resources effectively to optimize production costs.</t>
   </si>
   <si>
     <t>* Інсталиране и експлоатация на аудио оборудване за живи събития, записи и предавания.
 * Сътрудничество с продуценти, режисьори и други членове на екипа, за да се постигне желаният качество на звука.
 * Смесване и редактиране на аудио записи, за да се осигури яснота и баланс.
 * Провеждане на редовно поддръжка и диагностика на аудио оборудване.
 * Осигуряване на съответствие със стандарти и нормативни изисквания за безопасност в аудио производство.
 * Запис на звукови ефекти, гласове и музика за различни медийни проекти.
 * Мониторинг на нивата на звука по време на записи и живи изпълнения, за да се осигури оптимален звук.
 * Създаване и поддръжка на аудио архиви за бъдеща справка и ползване.
 * Актуализиране с най-новата аудио технология и техники, за да се подобри качеството на производството.
 * Помощ при планиране и изпълнение на звуков дизайн за мултимедийни проекти.
 * Предоставяне на техническа поддръжка и насоки на други членове на екипа по време на продукции.
 * Управление на аудио бюджети и ресурси ефективно, за да се оптимизират производствени разходи.</t>
   </si>
   <si>
-    <t>TV Presenter</t>
-[...2 lines deleted...]
-    <t>Говорител, телевизия</t>
+    <t>TV Host and Announcer</t>
+  </si>
+  <si>
+    <t>Телевизионен водещ и говорител</t>
   </si>
   <si>
     <t>* Presenting and announcing various segments within electronic media, including radio and television programs.
 * Introducing daily programming, including shows, musical performances, and guest appearances.
 * Reading news articles and other texts in spoken format, ensuring clear and engaging delivery.
 * Conducting interviews with guests and experts to provide insightful commentary and discussion.
 * Engaging with the audience through interactive segments and social media platforms.
 * Collaborating with production teams to develop content and improve program quality.
 * Preparing for broadcasts by researching topics and gathering relevant information.
 * Delivering promotional messages and advertisements in a professional manner.
 * Adapting to live broadcasting situations with poise and professionalism.
 * Upholding the standards of journalistic integrity and accuracy in all communications.</t>
   </si>
   <si>
     <t>* Представяне и обявяване на различни сегменти в електронните медии, включително радио и телевизионни програми.
 * Въведение на ежедневната програмирана продукция, включително предавания, музикални изпълнения и гостуващи изяви.
 * Четене на новинарски статии и други текстове в устен формат, гарантирайки ясна и ангажираща подача.
 * Провеждане на интервюта с гости и експерти, за да се осигури поукreno тълкуване и дискусия.
 * Взаимодействие с аудиторията чрез интерактивни сегменти и социални медии.
 * Сътрудничество с екипи за производство за разработване на съдържание и подобряване на качеството на програмите.
 * Подготовка за излъчване чрез проучване на теми и събиране на релевантна информация.
 * Предаване на промоционални съобщения и реклами по професионален начин.
 * Адаптиране към ситуации на живо предаване с самообладание и професионализъм.
 * Поддържане на стандартите за журналистическа честност и точност във всякакви комуникации.</t>
   </si>
@@ -8462,50 +8258,74 @@
 * Отговорност за смисъла и креативната комуникация на рекламните кампании.</t>
   </si>
   <si>
     <t>Auto Repair Shop Manager</t>
   </si>
   <si>
     <t>Мениджър автосервиз</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
     <t>* Планиране на приемането и организиране на процесите по ремонт с оглед ефективното използване на персонал, средства за производство и материали.
 * Управление, координация и мотивиране на служителите.
 * Възлагане на задачи на служителите и наблюдение на тяхното изпълнение.
 * Отчитане и оценяване на отработеното време и представянето на работниците.
 * Помощ при диагностицирането на сложни дефекти и определяне на процедурите по ремонт.
 * Решаване на оплаквания и претенции от клиенти.</t>
   </si>
   <si>
+    <t>Betting Sector Manager</t>
+  </si>
+  <si>
+    <t>Мениджър на продуктите за залагания</t>
+  </si>
+  <si>
+    <t>Managing the portfolio of sports and odds‑based betting products.
+Collaborating with trading, risk management, and marketing teams.
+Optimizing the offer and monitoring market performance.
+Creating promotional campaigns and player engagement activities.
+Ensuring regulatory and compliance adherence.
+Proposing product innovations.
+Monitoring competitors and industry trends.</t>
+  </si>
+  <si>
+    <t>Управление на портфолиото от спортни и коефициентни залози.
+Сътрудничество с trading екипа, управление на риска и маркетинга.
+Оптимизация на предлагането и проследяване на пазарните резултати.
+Създаване на промо кампании и активности за играчи.
+Контрол на нормативното съответствие.
+Предлагане на продуктови иновации.
+Мониторинг на конкуренцията и тенденциите.</t>
+  </si>
+  <si>
     <t>Brand Manager</t>
   </si>
   <si>
     <t>Бранд мениджър</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>* Отговорност за управлението на възложените марки.
 * Наблюдение на пазара, потребителските предпочитания и конкурентните дейности.
 * проектиране и изпълнение на маркетинговата стратегия на марката.
 * Планиране на маркетинговия бюджет, контрол на разходите му и отговорност за ефективното му използване.
 * Изграждане на позиция на марката на пазара в съответствие с маркетинговата стратегия.
 * Управление и надзор на рекламните кампании.
 * Комуникация с партньори и външни доставчици.
 * Сътрудничество с другите отдели в компанията.</t>
   </si>
@@ -8563,50 +8383,66 @@
   <si>
     <t>Car Fleet Manager</t>
   </si>
   <si>
     <t>Мениджър автопарк</t>
   </si>
   <si>
     <t>* Responsibility for the good standing of the traffic situation and the efficient use of motor vehicles.
 * Planning, ensuring and performing the required service inspections of motor vehicles.
 * Communicating with insurance companies, leasing companies and public bodies.
 * Monitoring and evaluating fuel consumption.
 * Keeping records of the drivers, and preparing contracts on entrusting vehicles to individual workers.
 * Submitting financial plans for vehicle repairs.
 * Cooperating in investment planning in the company.</t>
   </si>
   <si>
     <t>* Отговорност за доброто състояние на транспортната обстановка и ефективното използване на моторните превозни средства.
 * Планиране, осигуряване и извършване на необходимите сервизни прегледи на моторните превозни средства.
 * Коммуникиране с застрахователни компании, лизингови компании и държавни органи.
 * Мониторинг и оценка на разхода на гориво.
 * Водене на документация на шофьорите и подготовка на договори за възлагане на превозни средства на индивидуални работници.
 * Представяне на финансови планове за ремонти на превозни средства.
 * Сътрудничество в инвестиционното планиране в компанията.</t>
   </si>
   <si>
+    <t>Department Manager</t>
+  </si>
+  <si>
+    <t>Ръководител отдел</t>
+  </si>
+  <si>
+    <t>* Ensuring the smooth running of the department within the company.
+* Managing, coordinating, motivating and evaluating subordinate staff.
+* Training of new recruits.
+* Finding and proposing trainings and courses for subordinate employees.
+* Checking the attendance of subordinate employees.
+* Solving non-standard situations at the workplace.
+* Participation in the selection and dismissal of employees.
+* Preparing weekly and monthly reports.</t>
+  </si>
+  <si>
     <t>* Осигуряване на гладкото функциониране на отдела в рамките на компанията.
 * Управление, координация, мотивиране и оценяване на подчинените служители.
 * Обучение на новите служители.
 * Търсене и предлагане на обучения и курсове за подчинените служители.
 * Проверка на посещаемостта на подчинените служители.
 * Решаване на нестандартни ситуации на работното място.
 * Участие в подбора и освобождаването на служители.
 * Подготвяне на седмични и месечни отчети.</t>
   </si>
   <si>
     <t>Editor-In-Chief</t>
   </si>
   <si>
     <t>Главен редактор</t>
   </si>
   <si>
     <t>* Responsibility for the content and the visual aspect of newspapers, magazines, websites and other periodicals.
 * Responsibility for the accuracy and completeness of the information published.
 * Managing the editorial team and editorial board.
 * Approving ideas and suggestions of subordinates.
 * Writing leading articles (editorials), columns, etc.</t>
   </si>
   <si>
     <t>* Отговорност за съдържанието и визуалния аспект на вестници, списания, уебсайтове и други периодични издания.
 * Отговорност за точността и пълнотата на публикуваната информация.
@@ -8693,50 +8529,98 @@
 * Извършване на редовна проверка на поверената собственост.</t>
   </si>
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>Финансов мениджър</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
     <t>* Управление, координация, мотивиране и оценка на подчинените служители.
 * Осигуряване на стратегическо финансово планиране.
 * Подготовка и обработка на финансовите отчети на компанията.
 * Анализиране на финансовото състояние на компанията.
 * Планиране, управление и мониторинг на паричния поток.
 * Коммуникиране с финансови институции и външни партньори на компанията.
 * Представяне на резултатите пред членовете на висшето ръководство.</t>
+  </si>
+  <si>
+    <t>Gaming Club Manager</t>
+  </si>
+  <si>
+    <t>Мениджър на игрална зала</t>
+  </si>
+  <si>
+    <t>Managing gaming venue operations and supervising staff.
+Ensuring compliance with rules and legislation.
+Maintaining customer satisfaction.
+Optimizing performance of gaming devices.
+Handling incidents and risk situations.
+Organizing staff schedules and training.
+Overseeing financial and security aspects of the venue.</t>
+  </si>
+  <si>
+    <t>Управление на игрална зала и надзор над персонала.
+Контролиране спазването на правилата и законодателството.
+Гарантиране удовлетвореността на клиентите.
+Оптимизиране работата на игралните устройства.
+Разрешаване на инциденти и рискови ситуации.
+Организация на смените и обученията.
+Надзор върху финансовите и защитните аспекти на дейността.</t>
+  </si>
+  <si>
+    <t>Gaming Machines Manager</t>
+  </si>
+  <si>
+    <t>Мениджър на игрални устройства</t>
+  </si>
+  <si>
+    <t>Managing the operation of gaming machines and technical equipment.
+Planning placement, performance, and rotation of machines.
+Communicating with technicians, suppliers, and venue operators.
+Monitoring revenues and device performance.
+Ensuring compliance with legislation.
+Overseeing maintenance and service interventions.
+Optimizing the game portfolio.</t>
+  </si>
+  <si>
+    <t>Управление на експлоатацията на игрални автомати и технически устройства.
+Планиране на разположението, ефективността и ротацията на автоматите.
+Комуникация с техници, доставчици и обекти.
+Мониторинг на приходите и резултатите на устройствата.
+Осигуряване на съответствие с нормативните изисквания.
+Контрол на сервизните дейности и поддръжката.
+Оптимизиране на игровото предлагане.</t>
   </si>
   <si>
     <t>Head of controlling</t>
   </si>
   <si>
     <t>Началник контролинг</t>
   </si>
   <si>
     <t>* Management and development of the controlling team.
 * Ensuring accurate and timely reporting, analysis and financial forecasts.
 * Compiling budgets and plans and monitoring their fulfillment.
 * Analysis and evaluation of financial results and recommendations for improvement.
 * Cooperation on strategic planning and decision-making.
 * Communication with internal and external partners, including presentation of results and strategies.</t>
   </si>
   <si>
     <t>* Управление и развитие на контролиращия екип.
 * Осигуряване на точна и навременна отчетност, анализ и финансови прогнози.
 * Съставяне на бюджети и планове и следене на тяхното изпълнение.
 * Анализ и оценка на финансовите резултати и препоръки за подобряване.
 * Сътрудничество при стратегическо планиране и вземане на решения.
 * Комуникация с вътрешни и външни партньори, включително представяне на резултати и стратегии.</t>
   </si>
   <si>
     <t>Head of Customer Support</t>
@@ -8942,90 +8826,120 @@
   <si>
     <t>Marketing Manager</t>
   </si>
   <si>
     <t>Маркетинг мениджър</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
     <t>* Изработване на краткосрочна и дългосрочна маркетингова стратегия.
 * Укрепване на осведомеността и позицията на марката на пазара.
 * Анализиране на пазара, наблюдение на тенденции и дейности на конкуренти.
 * Предлагане на маркетингов бюджет, решение за използването на средства и наблюдение на тяхното съществуващо използване.
 * Подготвяне и координиране на хода на маркетинговите кампании и поддържащи дейности.
 * Мониторинг на ефективността на маркетинговите кампании и поддържащи дейности.
 * Оценка на успеха на маркетинговите кампании и поддържащи дейности.
 * Ръководство, мотивация и разпределение на задачи към подчинени служители.</t>
+  </si>
+  <si>
+    <t>Online Casino Manager</t>
+  </si>
+  <si>
+    <t>Мениджър на онлайн казино</t>
+  </si>
+  <si>
+    <t>Managing online casino operations and product performance.
+Coordinating teams (support, risk, marketing, tech).
+Optimizing player offerings and promotional campaigns.
+Monitoring KPIs, game performance, and player behavior.
+Handling risk situations and compliance requirements.
+Overseeing security, AML, and responsible gaming.
+Proposing improvements to products and user experience.</t>
+  </si>
+  <si>
+    <t>Управление на онлайн казино операциите и представянето на продуктите.
+Координиране на екипи (поддръжка, риск, маркетинг, технически отдел).
+Оптимизиране на предложенията за играчи и промо кампаниите.
+Наблюдение на KPI, резултатите от игрите и поведението на играчите.
+Решаване на рискови ситуации и изисквания за съответствие.
+Контрол върху сигурността, AML и отговорната игра.
+Предлагане на подобрения в продуктите и потребителското изживяване.</t>
   </si>
   <si>
     <t>Process Manager</t>
   </si>
   <si>
     <t>Мениджър процеси</t>
   </si>
   <si>
     <t>* Oversee and optimize organizational processes to enhance efficiency and productivity.
 * Analyze current operational procedures to identify areas for improvement.
 * Develop and implement strategies to streamline processes and reduce costs.
 * Collaborate with cross-functional teams to ensure alignment and effective communication.
 * Monitor process performance metrics and prepare detailed reports for management review.
 * Lead process improvement projects using methodologies such as Lean or Six Sigma.
 * Train and mentor team members on process management best practices.
 * Ensure compliance with industry standards and regulatory requirements.
 * Coordinate with stakeholders to gather feedback and drive continuous improvement initiatives.
 * Manage resources effectively to achieve project goals within set timelines.
 * Facilitate workshops and meetings to foster a culture of process excellence.
 * Stay updated with industry trends and advancements to incorporate innovative solutions.
 * Build strong relationships with internal and external partners to support organizational objectives.
 * Provide leadership and guidance to ensure successful implementation of process changes.</t>
   </si>
   <si>
     <t>* Надзирава и оптимизира организационните процеси, за да подобри ефективността и производителността.
 * Анализира съществуващите оперативни процедури, за да идентифицира области за подобрение.
 * Разработва и изпълнява стратегии за опростяване на процесите и намаляване на разходите.
 * Сътрудничи със пресечни екипи, за да осигури съгласуване и ефективна комуникация.
 * Мониторира показателите за ефективност на процесите и подготвя подробни доклади за разглеждане от ръководството.
 * Ръководи проекти за подобряване на процесите, използвайки методологии като Lean или Six Sigma.
 * Обучава и наставлява членовете на екипа в най-добрите практики за управление на процесите.
 * Осигурява съответствие със стандартите и изискванията на отрасъла.
 * Координира със заинтересованите страни, за да събира обратна връзка и да насърчава инициативи за непрекъснато подобрение.
 * Управлява ресурсите ефективно, за да постигне целите на проекта в рамките на зададените срокове.
 * Съдейства за провеждането на работилници и срещи, за да насърчава културата на превъзходство на процесите.
 * Поддържа актуалността с тенденциите и постиженията в отрасъла, за да внедрява иновативни решения.
 * Изгражда здрави отношения с вътрешни и външни партньори в подкрепа на организационните цели.
 * Предоставя лидерство и насоки, за да осигури успешната реализация на промените в процесите.</t>
   </si>
   <si>
+    <t>Production Manager</t>
+  </si>
+  <si>
+    <t>Мениджър, производство</t>
+  </si>
+  <si>
     <t>* Planning, managing and coordinating the existing production, production processes and capacities.
 * Responsibility for creating production plans, budgets and production analysis.
 * Implementing improvements and optimising resource utilisation.
 * Coordinating, managing, assessing and motivating the production team.
 * Checking team performance and other indicators.
 * Monitoring production efficiency, securing technical support for production.
 * Technical change management, implementing new technologies and procedures to increase competitiveness.
 * Responsibility for following safety standards and quality standards, e.g. ISO 9001 and ISO 14001.
 * 
 * Co-operation with other departments in the company.</t>
   </si>
   <si>
     <t>* Планиране, управление и координиране на съществуващото производство, производствени процеси и мощности.
 * Отговорност за създаване на производствени планове, бюджети и анализ на производството.
 * Въвеждане на подобрения и оптимизиране използването на ресурсите.
 * Координиране, управление, оценяване и мотивиране на производствения екип.
 * Проверка на представянето на екипа и други показатели.
 * Мониторинг на ефективността на производството, осигуряване на техническа поддръжка за производството.
 * Управление на технически промени, въвеждане на нови технологии и процедури за увеличаване на конкурентоспособността.
 * Отговорност за спазване на стандартите за сигурност и качество, напр. ISO 9001 и ISO 14001.
 * Сътрудничество с други отдели в компанията.</t>
   </si>
   <si>
     <t>Production Supervisor</t>
   </si>
@@ -9136,50 +9050,74 @@
     <t>Мениджър на ресторант</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
     <t>* Надзор на ежедневната дейност на ресторанта, за да се осигури висок стандарт на обслужване и задоволеност на гостите.
 * Управление на набирането, обучението и оценката на персонала, за да се изгради компетентен екип.
 * Разработване и прилагане на ефективни маркетингови стратегии за популяризиране на ресторанта и увеличаване на ангажимента на клиентите.
 * Мониторинг на финансовото изпълнение, включително бюджетране, прогнозиране и контрол на разходите, за да се максимизира доходността.
 * Осигуряване на съответствие с нормативните изисквания за здраве и безопасност, както и поддържане на чистота и хигиена.
 * Сътрудничество с персонала на кухнята за създаване и актуализация на менюта, които отговарят на предпочитанията на клиентите и сезонната наличност.
 * Обработка на запитванията, рекламациите и обратната връзка на клиентите, за да се подобри изживяването им и създаде лоялност.
 * Поддържане на отношенията със доставчиците и търговците, за да се осигури навременно доставяне на качествени продукти.
 * Анализ на пазарните тенденции и дейностите на конкурентите, за да се идентифицират възможности за растеж и подобрение.
 * Планиране и организиране на специални събития и промоции, за да се привлекат нови клиенти и задържат съществуващите.</t>
+  </si>
+  <si>
+    <t>Retail Betting Operations Manager</t>
+  </si>
+  <si>
+    <t>Мениджър на търговските пунктове за залагания</t>
+  </si>
+  <si>
+    <t>Managing the network of retail betting shops.
+Responsible for performance, revenue, and operational management.
+Organizing staff schedules and employee training.
+Ensuring compliance with legislation and internal policies.
+Handling complaints and customer‑related situations.
+Optimizing processes and operational costs.
+Collaborating with headquarters and marketing.</t>
+  </si>
+  <si>
+    <t>Управление на мрежа от физически пунктове за залози.
+Отговорност за резултати, приходи и оперативна дейност.
+Организация на смените и обученията на персонала.
+Контрол на спазването на законите и вътрешните правила.
+Разрешаване на оплаквания и клиентски ситуации.
+Оптимизация на процесите и разходите.
+Сътрудничество с централата и маркетинга.</t>
   </si>
   <si>
     <t>* Идентифициране на рисковете, свързани с дейността на компанията.
 * Изработване на стратегия за управление на рисковете.
 * Определяне на методологията и процесите, насочени към контрол и управление на рисковете.
 * Редовна оценка на рисковете, определяне на вероятността и ефекта от тяхното възникване.
 * Завършване и актуализиране на вътрешните правилници, свързани с управлението на рисковете.
 * Подготвяне на доклади и препоръки до ръководството на компанията.</t>
   </si>
   <si>
     <t>Sales Manager</t>
   </si>
   <si>
     <t>Мениджър продажби</t>
   </si>
   <si>
     <t>* Leading a team of sales representatives with the goal of securing their development, coaching, motivation, and continuous growth.
 * Actively seek out and contact important customers.
 * Develop and close large sales opportunities.
 * Maintain sales contacts and care for key customers.
 * Responsibility for achieving the company’s sales goals.
 * Planning sales goals.
 * Presenting complex services and solutions to customers.
 * Concluding co-operation contracts and subsequent care for key customers.</t>
   </si>
@@ -9546,84 +9484,50 @@
     <t>* Писане и редактиране на широк спектър от корпоративни статии, документи, речи, бюлетини и др.
 * Участие в разработването и изпълнението на стратегия за вътрешна комуникация.
 * Предоставяне на съвети за внедряването и използването на култура за вътрешна комуникация.
 * Актуализация на уебсайта и интранета на компанията.
 * Оценка на ефективността на комуникацията.</t>
   </si>
   <si>
     <t>Marketing Analyst</t>
   </si>
   <si>
     <t>Анализатор маркетинг</t>
   </si>
   <si>
     <t>* Collecting opinions, attitudes and preferences of consumers using targeted questionnaires, telephone surveys, etc.
 * Processing acquired data and its interpretation in the form of written analyses.
 * Proposing recommendations regarding products and/or services, their distribution and prices.
 * Cooperating with research agencies and the management of the company.</t>
   </si>
   <si>
     <t>* Събиране на мнения, нагласи и предпочитания на потребителите чрез целеви въпросници, телефонни анкети и др.
 * Обработване на събраните данни и тяхното тълкуване във вид на писмени анализи.
 * Предлагане на препоръки относно продукти и/или услуги, тяхното разпространение и цени.
 * Сътрудничество с изследователски агенции и управлението на компанията.</t>
   </si>
   <si>
-    <t>Marketing assistant</t>
-[...32 lines deleted...]
-  <si>
     <t>Marketing Officer</t>
   </si>
   <si>
     <t>Маркетинг служител</t>
   </si>
   <si>
     <t>* Monitoring the market and activities of competitors.
 * Organising and coordinating support marketing activities, exhibitions etc.
 * Analysing and evaluating the success of marketing activities.
 * Developing and streamlining of marketing activities.
 * Participating in launching new products.
 * Communicating with suppliers providing services.</t>
   </si>
   <si>
     <t>* Мониторинг на пазара и дейността на конкурентите.
 * Организиране и координиране на поддържащи маркетингови дейности, изложения и пр.
 * Анализиране и оценяване на успеха на маркетинговите дейности.
 * Развиване и оптимизиране на маркетинговите дейности.
 * Участие в пускането на нови продукти на пазара.
 * Комуникиране със снабдители на услуги.</t>
   </si>
   <si>
     <t>Marketing Specialist</t>
   </si>
   <si>
@@ -9710,60 +9614,50 @@
   <si>
     <t>PR Manager</t>
   </si>
   <si>
     <t>Мениджър връзки с обществеността</t>
   </si>
   <si>
     <t>* Responsibility for the internal and external communications of the company, maintaining good relations with media representatives and general public.
 * Drawing up and implementing the communication strategy of the company.
 * Preparing promotional articles, press releases, speeches and official responses to the questions posed by media representatives.
 * Monitoring the materials published in mass media, completing the media analyses.
 * Communicating with the representatives of the media, organising press conferences and similar media events.
 * Building and updating a database of contacts for media representatives.
 * Preparing proposals for sponsorship activities.
 * Coordinating the activities of subordinate employees.</t>
   </si>
   <si>
     <t>* Отговорност за вътрешната и външна комуникация на компанията, поддържане на добри отношения с представители на медиите и широката общественост.
 * Изготвяне и изпълнение на комуникационната стратегия на компанията.
 * Подготвяне на промоционални статии, прес съобщения, речи и официални отговори на въпроси, поставени от представители на медиите.
 * Мониторинг на материалите, публикувани в средствата за масова информация, и изготвяне на медийни анализи.
 * Комуникация с представители на медиите, организиране на пресконференции и други подобни медийни събития.
 * Изграждане и актуализация на база данни с контакти на представители на медиите.
 * Подготвяне на предложения за спонсорски дейности.
 * Координиране на дейността на подчинените сътрудници.</t>
-  </si>
-[...8 lines deleted...]
-* Представяне на компанията на срещи с бизнес партньори и други субекти.</t>
   </si>
   <si>
     <t>SEO analyst</t>
   </si>
   <si>
     <t>SEO анализатор</t>
   </si>
   <si>
     <t>* Execute search keyword discovery and expansion.
 * Perform SEO page audits.
 * Perform external back link analysis and provide recommendations.
 * Perform internal link optimization.
 * Perform SEO technical analysis and evaluation.
 * Monitor, track, and report on SEO metrics, including trend analysis, and keyword performance
 * Perform site quality checks, including navigation, content currency and broken link analysis
 * Perform usability analysis</t>
   </si>
   <si>
     <t>* Извършване на откриване и разширяване на ключови думи за търсене.
 * Извършване на خوبی на страници за SEO.
 * Извършване на външен анализ на обратни връзки и предоставяне на препоръки.
 * Извършване на оптимизация на вътрешни връзки.
 * Извършване на техническа анализ и оценка на SEO.
 * Мониторинг, проследяване и докладване на метрики за SEO, включително анализ на тенденции и представяне на ключови думи
 * Извършване на проверки на качеството на сайта, включително навигация, актуалност на съдържанието и анализ на счупени връзки
@@ -9919,74 +9813,50 @@
 * Тестване на функционалността на машинни единици и/или тяхната част след сглобяване.
 * Отстраняване на откритите аномалии.
 * Предаване на машинни единици и/или тяхната част след сглобяване.</t>
   </si>
   <si>
     <t>Lathe operator</t>
   </si>
   <si>
     <t>Стругар</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up lathes.
 * Processing of semifinished lathe products with an emphasis on maintaining of the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semifinished products.
 * Carrying out simple repairs and maintenance of machinery and equipment.</t>
   </si>
   <si>
     <t>* Четене на чертежи.
 * Подготовка на стругове.
 * Обработка на полуфабрикати от стругови продукти със съществен акцент върху поддържането на желаната форма, размери и допуски.
 * Просто повърхностно обработване на полуфабрикати.
 * Извършване на прости ремонти и поддръжка на машини и оборудване.</t>
   </si>
   <si>
-    <t>* Operating and monitoring machinery and equipment to ensure efficient production processes.
-[...22 lines deleted...]
-  <si>
     <t>* Осъществяване на превантивно и оперативно поддържане на машини и оборудване.
 * Ръководство, коORDининане, мотивиране и оценяване на подчинените служители.
 * Разработване и актуализация на планове за поддържане.
 * Идентифициране на износени части.
 * Поръчване на резервни части.
 * Анализиране на причините за простой и вземане на мерки за елиминиране на тях.
 * Мониторинг и контрол на разходите за поддържане.
 * Комуникиране със paced_fac masters, технологични инженери и доставчици на машини и оборудване.</t>
   </si>
   <si>
     <t>Mechanical Design Engineer – Automation</t>
   </si>
   <si>
     <t>Конструктор по автоматизация</t>
   </si>
   <si>
     <t>* Design of technical solutions for automated machines, equipment, and production lines.
 * Creation of 3D models and technical drawings using CAD software (e.g., SolidWorks, AutoCAD, CATIA).
 * Collaboration with the project team in preparing concepts, quotations, and risk analyses.
 * Support for manufacturing, assembly, and commissioning of designed equipment.
 * Testing and verification of designs, ensuring compliance with technical standards and regulations.
 * Communication with suppliers and customers, technical support during product implementation.
 * Optimization of existing solutions and design of new components according to specific client requirements.</t>
   </si>
   <si>
@@ -10085,119 +9955,59 @@
 * Оказване на помощ и решаване на проблеми, които възникват по време на производствения процес.
 * Води се детайлизирано отчетност за производствени дейности, включително използвани материали и време, прекарано за всяка задача.
 * Участие в програми за обучение и развитие, за да се подобрят уменията и знанията в областта на металообработването и технологиите.</t>
   </si>
   <si>
     <t>Milling-Machine Operator</t>
   </si>
   <si>
     <t>Фрезист</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up the cutter.
 * Processing semifinished products using a cutter with an emphasis placed on maintaining the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semifinished products.
 * Carrying out the simple repairs and maintenance of machinery and equipment.</t>
   </si>
   <si>
     <t>* Четене на чертежи.
 * Подготвяне на резача машина.
 * Обработка на полуготови продукти с помощта на резача машина с акцент върху запазването на желаната форма, размери и допуски.
 * Просто повърхностно третирне на полуготови продукти.
 * Извършване на прости ремонти и поддържане на машини и оборудване.</t>
   </si>
   <si>
-    <t>Operations Supervisor</t>
-[...34 lines deleted...]
-  <si>
     <t>* Отговорност за внедряването на нови продукти в компанията.
 * Изготвяне на подробна производствена документация и работни процедури.
 * Актуализиране на производствена документация и работни процедури в случай на промяна в производствения процес.
 * Внедряване на инструменти за повишаване на ефективността на производствения процес (напр. Six Sigma, Kaizen, Lean, poka-yoke и др.).
 * Намаляване на производствените разходи при запазване на изисквания ниво на качество.
 * Решаване на възникналите проблеми и отклонения.
 * Участие в подбора и внедряването на технологично оборудване на територията на компанията.
 * Оценка на изискванията относно персонала, производствено време и разходи.
 * Комуникация с други департаменти в компанията.</t>
-  </si>
-[...22 lines deleted...]
-* Насърчава инициативи за непрекъснато подобрение, поддържайки културу на иновации и ефективност в производствения екип.</t>
   </si>
   <si>
     <t>Production Planner</t>
   </si>
   <si>
     <t>Специалист производствено планиране</t>
   </si>
   <si>
     <t>* Develop and maintain production schedules to ensure timely delivery of products.
 * Collaborate with various departments, including procurement, manufacturing, and logistics, to align production plans with company goals.
 * Analyze production data to identify trends, forecast demand, and optimize resource allocation.
 * Monitor inventory levels and coordinate with suppliers to ensure the availability of materials.
 * Adjust production schedules in response to changes in demand, supply chain disruptions, or equipment failures.
 * Communicate regularly with team members to provide updates on production status and address any potential issues.
 * Implement continuous improvement initiatives to enhance production efficiency and reduce costs.
 * Prepare reports on production performance, inventory levels, and capacity utilization for management review.
 * Ensure compliance with safety and quality standards throughout the production process.
 * Participate in cross-functional meetings to support strategic planning and operational excellence.</t>
   </si>
   <si>
     <t>* Разработване и поддържане на продукционни графици за осигуряване на навременната доставка на продукти.
 * Сътрудничество с различни отдели, включително набавки, производство и логистика, за синхронизиране на производствени планове с целите на компанията.
 * Анализиране на производствени данни за идентифициране на тенденции, прогнозиране на търсенето и оптимизиране на разпределението на ресурсите.
 * Мониторинг на нивата на запаси и координиране с доставчици за осигуряване на наличността на материали.
 * Промяна на продукционните графици в отговор на промени в търсенето, прекъсвания в веригата на доставки или повреди на оборудване.
@@ -10215,74 +10025,50 @@
 * Осигуряване на техническа поддръжка на вътрешни и външни клиенти.</t>
   </si>
   <si>
     <t>* Making machines, machinery and appliances operational in engineering production.
 * Analysing faults in order to identify the reasons why they originated.
 * Performing repairs of machines, machinery and appliances by replacing faulty components with new ones, or by modifying software.
 * Managing and checking technical documentation and keeping it up to date.
 * Ensuring technical support of processes and products in engineering production.</t>
   </si>
   <si>
     <t>* Въвеждане на машини, механизми и апарати в експлоатация в производството на инженерна продукция.
 * Анализиране на грешки с цел да се идентифицират причините за възникването им.
 * Извършване на ремонти на машини, механизми и апарати чрез замяна на повредени компоненти с нови или чрез модифициране на софтуер.
 * Управление и проверка на техническа документация и поддържането й в актуално състояние.
 * Осигуряване на техническа поддръжка на процеси и продукти в производството на инженерна продукция.</t>
   </si>
   <si>
     <t>* Изобретяване на нови и усъвършенстване на съществуващи технологични процеси.
 * Контролиране на спазването на рецептури и технологични процеси.
 * Управление на предпроизводствения процес за елиминиране на възможни недостатъци.
 * Оценяване на качеството на нови продукти.
 * Предлагане на мерки за оптимизиране на производствените процеси.
 * Анализиране на отклоненията, избологичес до началниците на смените.
 * Изготвяне и актуализиране на технологическа документация и/или чертежи.
 * Сътрудничество при подготовка на ценови изчисления.</t>
-  </si>
-[...22 lines deleted...]
-* Актуализиране с нови техники и материали за лаковиране, за да се повишат уменията и качеството на работата.</t>
   </si>
   <si>
     <t>* Заваряване на метали, пластмаси и полимери съгласно техническата документация.
 * Определяне на подходящи методи за заваряване и работни процедури.
 * Използване на заваръчни инструменти и средства, отговорност за правилните настройки и експлоатация.
 * Чистене, полиране и друга довършителна работа по заварките.
 * Инспектиране на качеството на заварките чрез поредица от изпитвания.
 * Грижа и поддържане на техническата апаратура в експлоатационен вид.</t>
   </si>
   <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
     <t>Медицина и социални грижи</t>
   </si>
   <si>
     <t>Ambulance Driver</t>
   </si>
   <si>
     <t>Шофьор, линейка</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
@@ -10607,50 +10393,76 @@
 * Регистриране и прилагане на корекционни средства.
 * Ремонт на повредени корекционни средства.
 * Консултиране на клиенти за провеждане на допълнителни специализирани изследвания.</t>
   </si>
   <si>
     <t>Doctor</t>
   </si>
   <si>
     <t>Лекар</t>
   </si>
   <si>
     <t>* Diagnosing acute and chronic illnesses within general medicine with subsequent therapy and recommendations for therapy and diagnostic procedures.
 * Close co-operation with other specialist doctors.
 * Collecting samples for haematology and biochemical tests, swabs for cultivation.
 * Recording the results of exams into a patient's health card, keeping ambulatory care records along with nurses.
 * Assigning points and recording individual health procedures for contracted health insurers.</t>
   </si>
   <si>
     <t>* Диагностициране на остри и хронични заболявания в рамките на общата медицина със следваща терапия и препоръки за терапия и диагностични процедури.
 * Тясно сътрудничество с други лекари-специалисти.
 * Събиране на проби за хематологични и биохимични изследвания, мазки за култивиране.
 * Въвеждане на резултатите от прегледите в здравната карта на пациента, водене на амбулаторни грижи заедно с медицинските сестри.
 * Natalogene оставяне на точки и въвеждане на индивидуални здравни процедури за договорени здравни осигурители.</t>
   </si>
   <si>
+    <t>Gynecologist</t>
+  </si>
+  <si>
+    <t>Гинеколог</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of gynecological conditions.
+Pregnancy management and prenatal care.
+Preventive gynecological examinations.
+Performing minor gynecological procedures.
+Consultations regarding contraception and reproductive health.
+Evaluating ultrasound and laboratory test results.
+Postoperative care for patients.
+Maintaining documentation and recommending further examinations.</t>
+  </si>
+  <si>
+    <t>Диагностика и лечение на гинекологични заболявания.
+Проследяване на бременност и предоставяне на пренатална грижа.
+Профилактични гинекологични прегледи.
+Извършване на малки гинекологични процедури.
+Консултации относно контрацепцията и репродуктивното здраве.
+Оценка на резултатите от ултразвук и лабораторни изследвания.
+Грижи за пациентки след операции.
+Водене на документация и препоръки за допълнителни изследвания.</t>
+  </si>
+  <si>
     <t>Head Nurse</t>
   </si>
   <si>
     <t>Старша медицинска сестра</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in planning the staffing budget and recruitment
 * Ensure that nursing care meets regulatory standards
 * Review and approve nursing policies and procedures
 * Evaluate nursing staff performance
 * Collaborate with nursing staff, upper management and external agencies in the coordination of patient care
 * Train nursing management staff and coordinate educational programs for patients and their families
 * Facilitate meetings with medical staff from other departments
 * Ensure that nursing care medical services are meeting patient needs
 * Implement quality assurance systems
 * Participating in development of new patient care programs
 </t>
   </si>
   <si>
     <t>* Участие в планирането на бюджета за персонала и набирането на персонал
 * Осигуряване, че грижите за болнично обслужване отговарят на нормативните стандарти
 * Преглед и одобрение на политики и процедури за болнично обслужване
 * Оценка на представянето на болничния персонал
 * Сътрудничество с болничния персонал, висшето ръководство и външни агенции по координацията на грижите за пациентите
 * Обучение на ръководния персонал в болничното обслужване и координация на образователни програми за пациенти и семействата им
@@ -10684,50 +10496,76 @@
 * Смениха на използваното и замърсено спално бельо.
 * Работа с информационната система на медицинското заведение.
 * Отчитането на изпълнените изпълнения в докуметацията, отчитането на дейности за нуждите на здравноосигурителните компании и статистиката.</t>
   </si>
   <si>
     <t>Hygiene Officer</t>
   </si>
   <si>
     <t>Инспектор обществено здраве</t>
   </si>
   <si>
     <t>* Collecting samples of food, snacks, ready meals, drinks and water samples from springs, pools, dams and their subsequent microbiological analysing.
 * Performing announced and unannounced inspections of new and existing business operations.
 * Issuing approvals/disapprovals for the opening of new operations.
 * Issuing warnings and recommendations regarding the consumption and use of harmful food, cosmetics, contaminated water sources, water expanses etc.
 * Imposing fines on natural and legal persons in accordance with the applicable legislation.
 * Mandating compulsory vaccination in case of the risk of an outbreak.</t>
   </si>
   <si>
     <t>* Сбор на проби от храни, закуски, готови ястия, напитки и проби от водни източници - извори, басейни, язовири и последващ микробиологичен анализ.
 * Извършване на обявени и необявени инспекции на нови и съществуващи стопански дейности.
 * Издаване на разрешения/откази за отваряне на нови обекти.
 * Издаване на предупреждения и препоръки относно консумацията и използването на вредни храни, козметични продукти, замърсяване на водни източници, водни маси и т.н.
 * Налагане на глоби на физически и юридически лица в съответствие с действащото законодателство.
 * Въвеждане на задължително ваксиниране при риск от избухване на епидемия.</t>
+  </si>
+  <si>
+    <t>Internist</t>
+  </si>
+  <si>
+    <t>Интернист</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of diseases of internal organs.
+Comprehensive management of chronic conditions (diabetes, hypertension, etc.).
+Interpretation of laboratory and imaging tests.
+Adjusting pharmacotherapy and monitoring treatment effects.
+Preventive check‑ups and patient education.
+Consultations for other specialists and general practitioners.
+Inpatient care depending on the workplace setting.
+Maintaining medical documentation and deciding on further examinations.</t>
+  </si>
+  <si>
+    <t>Диагностика и лечение на заболявания на вътрешните органи.
+Комплексно проследяване на хронични заболявания (диабет, хипертония и др.).
+Интерпретация на лабораторни и образни изследвания.
+Назначаване на фармакотерапия и проследяване на ефекта.
+Профилактични прегледи и обучение на пациентите.
+Консултации за други специалисти и общопрактикуващи лекари.
+Болнични грижи според типа медицинско заведение.
+Водене на документация и определяне на нуждата от допълнителни изследвания.</t>
   </si>
   <si>
     <t>Kinetotherapist</t>
   </si>
   <si>
     <t>Кинезитерапевт</t>
   </si>
   <si>
     <t>* Assessing patients' physical abilities and limitations through various tests and evaluations.
 * Developing individualized treatment plans based on patients' needs and goals.
 * Implementing therapeutic exercises and activities to improve patients' mobility and function.
 * Educating patients and their families on treatment protocols and self-management strategies.
 * Monitoring and documenting patients' progress throughout the therapy process.
 * Collaborating with healthcare professionals, including physicians and occupational therapists, to ensure comprehensive care.
 * Utilizing specialized equipment and techniques to aid in rehabilitation.
 * Providing support and encouragement to motivate patients during their recovery journey.
 * Staying updated on advancements in kinesiology and rehabilitation practices.
 * Participating in professional development activities to enhance skills and knowledge in the field.</t>
   </si>
   <si>
     <t>* Оценяване на физическите способности и ограничения на пациентите чрез различни тестове и оценки.
 * Разработване на индивидуализирани планове за лечение, базирани на потребностите и целите на пациентите.
 * Прилагане на терапевтични упражнения и дейности за подобряване на подвижността и функцията на пациентите.
 * Обучение на пациентите и семействата им по протоколите за лечение и стратегиите за самоконтрол.
 * Мониториране и документиране на напредъка на пациентите през целия процес на терапията.
@@ -10950,50 +10788,76 @@
 * Assisting with daily routines such as meals, bathing, dressing, and bedtime.
 * Supporting children's emotional and social development through positive reinforcement and guidance.
 * Communicating effectively with parents regarding children's progress, behavior, and any concerns.
 * Maintaining a clean and organized environment, including tidying up play areas and children's rooms.
 * Administering basic first aid and medication as needed, following parents' instructions.
 * Collaborating with parents to establish and adhere to family routines and rules.
 * Adapting care techniques to meet the individual needs and preferences of each child.
 * Ensuring compliance with safety regulations and guidelines to protect children at all times.
 * Providing transportation for children to and from activities, school, or appointments as required.</t>
   </si>
   <si>
     <t>* Осигуряване на внимателна и грижовна помощ за деца в домашна среда.
 * Създаване на безопасна, стимулираща и ангажираща среда за развитие на детето.
 * Планиране и контролиране на дейности,適ни за възрастта, включително образователни игри и излети.
 * Помощ при ежедневни дейности като хранене, къпане, обличане и час за лягане.
 * Подкрепа на емоционалното и социално развитие на децата чрез положително подкрепление и насоки.
 * Ефективна комуникация с родителите относно напредъка, поведението и състоянието на децата.
 * Поддържане на чиста и организирана среда, включително почистване на игрални простори и стаи на децата.
 * Прилагане на основна първа помощ и лекарства според нуждите, следвайки указанията на родителите.
 * Сътрудничество с родителите за установяване и спазване на семейни рути и правила.
 * Приспособяване на техники за грижа към индивидуалните потребности и предпочитания на всяко дете.
 * Осигуряване на съответствие със сигурностните регламенти и насоки, за да се защити детето винаги.
 * Предоставяне на транспорт за деца до и от дейности, училище или срещи според изискванията.</t>
   </si>
   <si>
+    <t>Neurologist</t>
+  </si>
+  <si>
+    <t>Невролог</t>
+  </si>
+  <si>
+    <t>Diagnosis of disorders of the nervous system (brain, spinal cord, peripheral nerves).
+Performing neurological examinations.
+Ordering EMG, EEG, MRI, and other diagnostic tests.
+Treatment of acute and chronic neurological conditions.
+Long‑term follow‑up of patients with progressive diseases.
+Collaboration with rehabilitation and neurosurgery.
+Maintaining medical records.
+Educating patients and families on disease management.</t>
+  </si>
+  <si>
+    <t>Диагностика на заболявания на нервната система (мозък, гръбначен мозък, периферни нерви).
+Провеждане на неврологичен преглед.
+Назначаване на ЕМГ, ЕЕГ, МРТ и други тестове.
+Лечение на остри и хронични неврологични заболявания.
+Дългосрочно проследяване на пациенти с прогресиращи заболявания.
+Сътрудничество с рехабилитация и неврохирургия.
+Водене на медицинска документация.
+Обучение на пациенти и семейства относно управлението на заболяването.</t>
+  </si>
+  <si>
     <t>Nurse</t>
   </si>
   <si>
     <t>Медицинска сестра</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
     <t>* Под sweating на помощ и aуб под п hazard от специализирани медицински процедури и прегледи.
 * Измерване и наблюдение на виталните знаци и функции на пациентите.
 * аплиа при в Crowley на лекарства и предписани лекува на пациентите.
 * Събиране на проби от биологични материали.
 * Наръчване на превантивни прегледи на пациентите.
 * Управление на здравните докум от ул contained ги.
 * П=form Schn дواز_DIM на медицинските инструменти и пер ен.
 * осигуряване на първа медицинска помощ при извънредна situация.</t>
   </si>
@@ -11038,50 +10902,76 @@
 * Предлагане на съвети относно избора на контактни лещи, рамки за очила и т.н.</t>
   </si>
   <si>
     <t>Orthopedic Technician</t>
   </si>
   <si>
     <t>Ортопедичен техник</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
   </si>
   <si>
     <t>* Проверка на протезни продукти и полуфабрикати.
 * Обработка на кожа (сурова кожа) и подложки ръчно и с помощта на машини.
 * Изработка на ортопедични устройства с помощта на машини.
 * Свързване на ортопедични материали ръчно и чрез машинно шевене, закрепване с нитове (пълно свързване с метални компоненти) и т.н.
 * Регулиране на ортопедични части, изработени от дърво, кожа, пластмаси и други естествени материали.
 * Изработка на меки превръзки и комбинирани ортопедични вставки.
 * Изработка на ортопедични обувки на основата на рецепти.</t>
+  </si>
+  <si>
+    <t>Pediatrician</t>
+  </si>
+  <si>
+    <t>Педиатър</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of illnesses in children from birth to adolescence.
+Preventive check‑ups and monitoring of child growth and development.
+Vaccination and management of vaccination records.
+Prescribing treatment and monitoring its effectiveness.
+Consulting with parents on children’s health and nutrition.
+Identifying developmental disorders and referring to specialists.
+Maintaining medical documentation.
+Cooperating with hospitals and specialists in comprehensive care.</t>
+  </si>
+  <si>
+    <t>Диагностика и лечение на заболявания при деца от раждането до юношеството.
+Профилактични прегледи и проследяване на растежа и развитието.
+Ваксинации и водене на имунизационен регистър.
+Предписване на лечение и проследяване на неговата ефективност.
+Консултации с родители относно здравето и храненето на децата.
+Идентифициране на нарушения в развитието и насочване към специалисти.
+Водене на медицинска документация.
+Сътрудничество с болници и специалисти при комплексно лечение.</t>
   </si>
   <si>
     <t>Pharmaceutical Laboratory Technician</t>
   </si>
   <si>
     <t>Лаборант фармацевтична лаборатория</t>
   </si>
   <si>
     <t>* Preparing medications according to standard prescriptions.
 * Weighing substances used in the preparation of medications, without participating in the formulation process according to the physician's instructions.
 * Maintaining laboratory equipment and ensuring cleanliness.
 * Conducting various physical-chemical and biological analyses and measurements using laboratory apparatus.
 * Assisting in the preparation of production and overseeing technological phases in the manufacturing of pharmaceutical and cosmetic products.
 * Collaborating with pharmacists and other healthcare professionals to ensure accurate medication preparation.
 * Adhering to safety and quality standards in all laboratory and production processes.
 * Documenting and reporting any discrepancies or issues encountered during the preparation and analysis processes.
 * Participating in training and continuous education to stay updated on new pharmaceutical practices and technologies.
 * Supporting the research and development of new pharmaceutical formulations and products.</t>
   </si>
   <si>
     <t>* Приготвяне на медикаменти съгласно стандартни рецепти.
 * Теглене на вещества, използвани при приготвянето на медикаменти, без да се участва в процеса на формулиране съгласно инструкциите на лекаря.
 * Поддържане на лабораторно оборудване и осигуряване на чистота.
 * Извършване на различни физико-химични и биологични анализи и измервания чрез лабораторни апарати.
 * Подкрепа при приготвянето на производство и наблюдение на технологичните етапи при производството на фармацевтични и козметични продукти.
@@ -11152,72 +11042,74 @@
   <si>
     <t>* Providing spiritual guidance and support to individuals and families within the community.
 * Leading religious services, including worship, sacraments, and ceremonies.
 * Offering counseling and emotional support to congregants during times of crisis and personal challenges.
 * Engaging in community outreach initiatives to promote social welfare and spiritual development.
 * Collaborating with other religious and community organizations to address social issues and provide assistance.
 * Conducting educational programs, such as Bible studies and religious education for all age groups.
 * Visiting the sick, elderly, and those in need to provide comfort and companionship.
 * Maintaining accurate records of church activities, membership, and financial contributions.
 * Upholding the values and teachings of the faith while fostering a welcoming environment for all.
 * Encouraging volunteerism and participation in church activities and community service projects.</t>
   </si>
   <si>
     <t>* Оказване на духовно ръководство и поддръжка на индивиди и семейства в рамките на общността.
 * Ръководене на религиозни служби, включително богослужения, тайнства и церемонии.
 * Предлагане на консултиране и емоционална поддръжка на членовете на църковната общност по време на кризи и лични предизвикателства.
 * Активно участие в общностни инициативи за насърчаване на социално благосъстояние и духовно развитие.
 * Сътрудничество с други религиозни и общностни организации за решаване на социални проблеми и предоставяне на помощ.
 * Ръководене на образователни програми, като изучаване на Библията и религиозно обучение за всички възрастови групи.
 * Посещения на болните, възрастните и тези, които се нуждаят от поддръжка, за да се предостави комфорт и съчувствие.
 * Поддържане на точни записи за църковните дейности, членство и финансови приноси.
 * Подкрепяне на ценностите и ученията на вярата, същевременно създаване на приветлива среда за всички.
 * Насърчаване на доброволчеството и участието в църковни дейности и общностни проекти.</t>
   </si>
   <si>
-    <t>* Develop and implement effective marketing strategies for healthcare products and services.
-[...20 lines deleted...]
-* запознаване с актуалните нормативни изисквания и пардните стандарти, за да се гарантира съобразяването с маркетинговите дейности.</t>
+    <t>Psychiatrist</t>
+  </si>
+  <si>
+    <t>Психиатър</t>
+  </si>
+  <si>
+    <t>Diagnosis of mental disorders.
+Prescribing psychopharmaceuticals and monitoring effectiveness.
+Crisis intervention and management of acute conditions.
+Long‑term care of patients with chronic psychiatric diagnoses.
+Collaboration with psychologists and therapists.
+Inpatient care depending on the workplace setting.
+Preparation of expert reports and medical assessments.
+Maintaining documentation and planning treatment.</t>
+  </si>
+  <si>
+    <t>Диагностика на психични разстройства.
+Предписване на психофармакологично лечение и проследяване на ефекта.
+Кризисна интервенция и овладяване на остри състояния.
+Дългосрочно проследяване на пациенти с хронични психични заболявания.
+Сътрудничество с психолози и терапевти.
+Болнична грижа според вида на лечебното заведение.
+Изготвяне на експертни становища и медицински оценки.
+Водене на документация и планиране на лечението.</t>
   </si>
   <si>
     <t>Public Health Administrator</t>
   </si>
   <si>
     <t>Държавен здравен инспектор</t>
   </si>
   <si>
     <t>* Performing expert activities in the area of primary prevention, protection, support, and strengthening of public health.
 * Performing state health supervision in the field of environment and working environment, occupational health, the creation and protection of healthy living and working conditions of children and youth, and on workplaces with ionising radiation.
 * Monitoring and statistical analysis of environmental factors and health characteristics.
 * Performing specialised tasks within the public health surveillance.
 * Performing activities in the area of health counselling and education.</t>
   </si>
   <si>
     <t>* Извършване на експертни дейности в областта на първичната превенция, опазване, подпомагане и укрепване на общественото здраве.
 * Извършване на държавен здравен надзор в областта на околната среда и условията на труд, здравеопазването на работното място, създаването и опазването на здравословни условия за живот и труд на деца и младежи, както и на работни места с йонизираща радиация.
 * Мониторинг и статистически анализ на факторите на околната среда и характеристиките на здравето.
 * Извършване на специализирани задачи в рамките на наблюдението на общественото здраве.
 * Извършване на дейности в областта на здравното консултиране и образование.</t>
   </si>
   <si>
     <t>Radiographer</t>
   </si>
   <si>
@@ -11226,124 +11118,120 @@
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
     <t>* Извършване на радиологични изследвания чрез използване на рентгеново оборудване за подпомагане на диагнозата и лечението на пациентите.
 * Сътрудничество с лекари и професионалисти в здравеопазването за определяне на подходящи радиологични техники и протоколи.
 * Подготовка на пациентите за радиографски процедури чрез обяснение на процеса, отстраняване на притесненията и осигуряване на комфорт.
 * Правилно позициониране на пациентите, за да се получат висококачествени изображения при минимална експозиция на лъчение.
 * Поддръжка и експлоатация на радиографско оборудване, гарантиращо съответствието с нормите за безопасност и качество.
 * Анализ на изображенията за техническо качество и подпомагане при интерпретацията на резултатите.
 * Водене на точни пациентски досиета и документиране на извършените процедури и получените резултати.
 * Осигуряване на чистотата и организацията на радиографията и оборудването.
 * Актуализиране с напредъка в радиографската технология и техники чрез непрекъснато обучение и усъвършенстване.
 * Спазване на всички нормативни и безопасностни насоки, за да се осигури безопасна среда за пациентите и персонала.</t>
   </si>
   <si>
+    <t>Radiologist</t>
+  </si>
+  <si>
+    <t>Радиолог</t>
+  </si>
+  <si>
+    <t>Performing and evaluating imaging examinations (X‑ray, ultrasound, CT, MRI).
+Providing findings and diagnostic recommendations.
+Collaborating with clinical physicians during diagnostics.
+Supervising the technical quality of imaging procedures.
+Ensuring radiation protection and compliance with legislation.
+Documenting and archiving imaging material.
+Recommending additional examinations when needed.
+Consulting results with other specialists.</t>
+  </si>
+  <si>
+    <t>Извършване и оценка на образни изследвания (рентген, ехография, КТ, ЯМР).
+Изготвяне на заключения и диагностични препоръки.
+Сътрудничество с клинични лекари при диагностика.
+Контрол върху техническото качество на изследванията.
+Осигуряване на защита от лъчения и спазване на нормативните изисквания.
+Документиране и архивиране на образния материал.
+Препоръчване на допълнителни изследвания при необходимост.
+Консултации на резултатите с други специалисти.</t>
+  </si>
+  <si>
     <t>Regulatory Affairs Manager</t>
   </si>
   <si>
     <t>Мениджър регулаторни дейности</t>
   </si>
   <si>
     <t>* Preparing, submitting, and implementing registration documents of pharmaceutical products.
 * Ensuring the correct translation and comprehensibility of technical texts shown on the packaging and package inserts of medicines.
 * Negotiation with the company’s internal clients.
 * Communicating with regulatory authorities, state institutions (National Institute for Drug Control, Ministry of Health of the Slovak Republic) and the company's headquarters.
 * Preparing, submitting, and detailed processing of requests for the authorisation of clinical trials.</t>
   </si>
   <si>
     <t>* Подготвяне, подаване и изпълнение на регистрационни документи за фармацевтични продукти.
 * Обезпечаване на коректен превод и разбираемост на технически текстове, показани на опаковките и листовките на лекарствата.
 * Преговори с вътрешните клиенти на компанията.
 * Комуникация с регулиращите органи, държавни институции (Национален институт за контрол на лекарствата, Министерство на здравеопазването на Словашката република) и централата на компанията.
 * Подготвяне, подаване и детайлна обработка на заявки за разрешаване на клинични изпитвания.</t>
   </si>
   <si>
     <t>Regulatory Affairs Specialist</t>
   </si>
   <si>
     <t>Специалист регулаторни дейности</t>
   </si>
   <si>
     <t>* Preparing documents for product registration by the State Institute for Drug Control (SIDC).
 * Updating the registration database and archiving documentation.
 * Updating and reviewing registration documentation on the basis of comments.
 * Monitoring legislative changes at the national and European levels.
 * Ensuring compliance and implementation of the legislative requirements.
 * Checking product documentation, advertising materials, and texts.
 * Ensuring the preparation and evaluation of analyses.
 * Communicating with regulatory authorities, state institutions, and other departments within the company.</t>
   </si>
   <si>
     <t>* Подготвяне на документи за регистрация на продукти от Държавния институт за контрол на лекарствата (ДИКЛ).
 * Актуализация на регистрационната база данни и архивиране на документацията.
 * Актуализация и проверка на регистрационната документация на основата на коментари.
 * Мониторинг на законодателните промени на национално и европейско ниво.
 * Осигуряване на съответствие и изпълнение на законодателните изисквания.
 * Проверка на документацията за продуктите, рекламните материали и текстове.
 * Осигуряване на подготовка и оценка на анализи.
 * Комуникация с регулаторните органи, държавните институции и други отдели в компанията.</t>
-  </si>
-[...28 lines deleted...]
-* Мониторинг и оценка на ефективността на плановете за намеса и правене на корекции при нужда.</t>
   </si>
   <si>
     <t>Social rehabilitation specialist</t>
   </si>
   <si>
     <t>Специалист по социална рехабилитация</t>
   </si>
   <si>
     <t>* Assessing the needs and capabilities of individuals requiring social rehabilitation services.
 * Developing and implementing personalized rehabilitation plans in collaboration with clients and interdisciplinary teams.
 * Providing guidance and support to clients in developing life skills, social skills, and coping strategies.
 * Facilitating group therapy sessions and workshops to promote social interaction and community integration.
 * Monitoring client progress and adjusting rehabilitation plans as necessary to ensure optimal outcomes.
 * Collaborating with healthcare professionals, social workers, and community organizations to coordinate services and resources.
 * Educating clients and their families about available social services and support systems.
 * Advocating for clients' rights and needs within various social service frameworks.
 * Maintaining accurate records and documentation of client interactions, progress, and outcomes.
 * Staying informed about best practices and developments in the field of social rehabilitation and related areas.</t>
   </si>
   <si>
     <t>* Оценяване на потребностите и възможностите на физически лица, които се нуждаят от услуги за социална рехабилитация.
 * Разработване и изпълнение на персонализирани планове за рехабилитация в сътрудничество с клиентите и мултидисциплинарни екипи.
 * Предоставяне на насоки и подкрепа на клиентите при развитието на умения за живот, социални умения и стратегии за справяне.
 * Организиране и провеждане на групови терапевтични сесии и работилници за насърчаване на социалното взаимодействие и интеграция в обществото.
 * Мониториране на напредъка на клиентите и коригиране на плановете за рехабилитация при необходимост, за да се постигнат оптимални резултати.
@@ -11360,50 +11248,76 @@
     <t>Логопед</t>
   </si>
   <si>
     <t>* Assessing, diagnosing, and treating speech, language, and communication disorders in individuals of all ages.
 * Developing personalized treatment plans tailored to the specific needs of each client.
 * Conducting therapy sessions to improve speech clarity, language skills, and communication abilities.
 * Collaborating with other healthcare professionals, educators, and families to support clients' overall development.
 * Utilizing evidence-based practices and therapeutic techniques to enhance client outcomes.
 * Monitoring and documenting clients’ progress and adjusting treatment plans as necessary.
 * Providing guidance and support to families regarding communication strategies and resources.
 * Educating clients and their families about speech and language disorders and the therapeutic process.
 * Participating in continuing education and professional development to stay current with best practices in the field.
 * Maintaining confidentiality and adhering to ethical standards in all aspects of practice.</t>
   </si>
   <si>
     <t>* Оценяване, диагностициране и лечение на разстройства на речта, езика и комуникацията при лица от всички възрастови групи.
 * Разработване на персонализирани планове за лечение, съобразени с конкретните потребности на всеки клиент.
 * Провеждане на терапевтични сесии за подобряване на яснотата на речта, езиковите умения и комуникативните способности.
 * Сътрудничество с други здравни професионалисти, педагогически работници и семейства в подкрепа на общото развитие на клиентите.
 * Прилагане на практики, основани на доказателства, и терапевтични техники за подобряване на резултатите за клиентите.
 * Наблюдение и документиране на напредъка на клиентите и коригиране на плановете за лечение при необходимост.
 * Предоставяне на насоки и подкрепа на семействата относно стратегиите и ресурсите за комуникация.
 * Обучение на клиентите и семействата им за разстройствата на речта и езика и терапевтичния процес.
 * Участие в продължаващо обучение и професионално развитие, за да се запазва текущо състояние със съвременните практики в областта.
 * Поддържане на конфиденциалност и спазване на етичните стандарти във всички аспекти на практиката.</t>
+  </si>
+  <si>
+    <t>Surgeon</t>
+  </si>
+  <si>
+    <t>Хирург</t>
+  </si>
+  <si>
+    <t>Diagnosis and indication of surgical procedures.
+Performing surgical operations.
+Pre‑ and postoperative patient care.
+Assessing surgical risks and informing the patient.
+Monitoring wound healing and preventing complications.
+Collaboration with anesthesiology and other specialties.
+Reviewing outcomes and planning follow‑up treatment.
+Maintaining surgical documentation.</t>
+  </si>
+  <si>
+    <t>Диагностика и определяне на показания за хирургични интервенции.
+Извършване на оперативни процедури.
+Грижи за пациента преди и след операция.
+Оценка на оперативните рискове и информиране на пациента.
+Проследяване на зарастването на раните и превенция на усложнения.
+Сътрудничество с анестезиологията и други специалности.
+Контрол на резултатите и планиране на последващо лечение.
+Водене на хирургична документация.</t>
   </si>
   <si>
     <t>Veterinarian</t>
   </si>
   <si>
     <t>Ветеринар</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
     <t>* Изследване на здравето на животните, определяне на диагнози.
 * Изследване и отстраняване на тъкани и биологични материали.
 * Предписване и aplicирене на лекарства на животни.
 * Извършване на малки и големи хирургични интервенции.
 * Ваксиниране на животни срещу болести, лечение срещу паразити.
 * Стерилизиране на животни.
 * Евтаназиране на животни.
@@ -11832,50 +11746,56 @@
 * Смесване на бои и покрития за постигане на желаните цветове и финиши.
 * Нанасяне на боя чрез различни техники, включително спрей, четка и ролка.
 * Осигуряване на висококачествен финиш чрез инспектиране на работата и правене на необходимите корекции.
 * Спазване на протоколите за безопасност и ползване на лично защитно оборудване за минимизиране на рисковете.
 * Сътрудничество с други членове на екипа за спазване на производствени срокове и стандартите за качество.
 * Поддържане на инструменти и оборудване в добро работно състояние и докладване на всякакви проблеми.
 * Поддържане на работните зони в чистота и организация за осигуряване на ефективност и безопасност.
 * Спазване на отраслови стандарти и регламенти относно въздействието върху околната среда и извеждането на отпадъци.
 * Предоставяне на предложения за подобряване на процесите за повишаване на продуктивността и качеството.</t>
   </si>
   <si>
     <t>* Performing a wide range of professional tasks and supporting work depending on the specialisation of the production company.
 * Responsibility for following technical procedures, quality and quantity of produced or finished products and semi-finished goods.
 * Operating machinery, instruments, and equipment.
 * Following safety, fire prevention, and internal regulations.
 * Providing proper notice regarding any problems related to occupational health and safety.</t>
   </si>
   <si>
     <t>* Изпълняване на широк кръг от професионални задачи и поддържаща работа в зависимост от специализацията на производствената компания.
 * Отговорност за спазването на техническите процедури, качеството и количеството на произведените или завършени продукти и полуфабрикати.
 * Обслужване на машини, инструменти и съоръжения.
 * Спазване на безопасността, противопожарната защита и вътрешните правила.
 * Наблюдение и своевременно уведомяване за проблеми, свързани със здравеосигуряването и безопасността на труда.</t>
   </si>
   <si>
+    <t>Machine Operator</t>
+  </si>
+  <si>
+    <t>Машинен оператор</t>
+  </si>
+  <si>
     <t>* Operating and monitoring the operation of one or more pieces of equipment on the production line.
 * Adding materials to pieces of equipment as needed and removing such materials if there is any excess.
 * Checking the in-process and finished products using measurement instruments.
 * Halting the production line operation in case of insufficient quality products.
 * Producing finished products, finishing in-process products.</t>
   </si>
   <si>
     <t>* Управляване и наблюдение на експлоатацията на една или повече машини на производствения поток.
 * Добавяне на материали към машините при необходимост и премахване на такива материали, ако има излишък.
 * Проверка на продукцията в процес и на готовите изделия с измервателни инструменти.
 * Спиране на експлоатацията на производствения поток в случай на продукция с недостатъчно качество.
 * Производство на готови изделия, довършване на незавършени изделия.</t>
   </si>
   <si>
     <t>Machine Setter</t>
   </si>
   <si>
     <t>Настройчик, машини</t>
   </si>
   <si>
     <t>* Identification of causes of problems and their subsequent removal
 * Sorting of production machines and devices
 * Setting parameters of the devices in the automatic production
 * Maintenance and regular check-up of machines, including both the mechanic and the robotic aspects 
 * Taking care of entrusted machines</t>
@@ -11926,115 +11846,97 @@
 * Поддържане на инвентар от суровини и материали, необходими за производството.</t>
   </si>
   <si>
     <t>Metrologist</t>
   </si>
   <si>
     <t>Метролог</t>
   </si>
   <si>
     <t>* Measuring parts and components in a metrological laboratory.
 * Detecting and recording possible deviations detected during the measurement.
 * Performing internal and external calibration of measuring equipment.
 * Responsibility for recording, storing and issuing instruments.
 * Responsibility for the technical condition of measuring instruments and reference standards.
 * Maintaining, archiving and reading technical documentation.</t>
   </si>
   <si>
     <t>* Измерване на части и компоненти в метроложка лаборатория.
 * Откриване и регистриране на възможни отклонения, открити по време на измерването.
 * Извършване на вътрешна и външна калибровка на измервателни прибори.
 * Отговорност за регистриране, съхраняване и издаване на инструменти.
 * Отговорност за техническото състояние на измервателните прибори и еталони.
 * Поддържане, архивиране и четене на техническа документация.</t>
   </si>
   <si>
+    <t>Operations Supervisor</t>
+  </si>
+  <si>
+    <t>Супервайзор</t>
+  </si>
+  <si>
     <t>* Creating a production plan and monitoring its compliance.
 * Monitoring the department`s effectiveness.
 * Monitoring the activities of the employees and their monthly evaluation.
 * Planning and purchasing of subcomponents required for production.
 * Monitoring the compliance with safety regulations in the operation.
 * Ensuring the provision of technical equipment in the operation.</t>
   </si>
   <si>
     <t>* Създаване на производствен план и следене на спазването му.
 * Мониторинг на ефективността на отдела.
 * Мониторинг на дейностите на служителите и тяхното месечно оценяване.
 * Планиране и закупуване на подсъставки, необходими за производството.
 * Мониторинг на спазването на нормативите за безопасност в операцията.
 * Осигуряване на предоставянето на техническо оборудване в операцията.</t>
   </si>
   <si>
     <t>Packer</t>
   </si>
   <si>
     <t>Пакетировач</t>
   </si>
   <si>
     <t>* Sorting products by size, weight, colour, content, etc.
 * Sticking information labels and stickers on product packaging.
 * Packing products in boxes.</t>
   </si>
   <si>
     <t>* Сортиране на продукти по размер, тегло, цвят, съдържание и др.
 * Лепене на информационни етикетчета и стикери върху опаковката на продукта.
 * Опаковане на продукти в кутии.</t>
   </si>
   <si>
     <t>* Отговорност за внедряването на нови продукти в компанията.
 * Завършване на подробна производствена документация и работни процедури.
 * Актуализация на производствената документация и работни процедури в случай на промяна в производствения процес.
 * Внедряване на инструменти за повишаване на ефективността на производствения процес (напр. Six Sigma, Kaizen, Lean, poka-yoke и др.).
 * Намаляване на производствени разходи при запазване на изисквания ниво на качество.
 * Решаване на възникнали проблеми и отклонения.
 * Участие в селекцията и разполагането на технологично оборудване на територията на компанията.
 * Оценяване на изискванията относно персонала, производствено време и разходи.
 * Комуникация с други отдели в компанията.</t>
-  </si>
-[...22 lines deleted...]
-* Информиране за развитието на бранша и предстоящи тенденции, за да се поддържа конкурентно предимство.</t>
   </si>
   <si>
     <t>* Planning the production process on the basis of received orders, calculating production capacities.
 * Drawing up daily, weekly and monthly production plans.
 * Ensuring timely supplies of material.
 * Adjusting production plans based on stock levels and production capacities.
 * Ensuring the smooth running of the production process.
 * Monitoring compliance with the production deadlines in accordance with the production plan.
 * Proposing measures to optimise the production process.
 * Analysing production downtime and bottlenecks in the planning process.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>* Планиране на процеса на производство на основата на получените поръчки, изчисляване на производствени мощности.
 * Съставяне на ежедневни, седмични и месечни производствени планове.
 * Осигуряване на навременното доставяне на материалите.
 * Ъгълване на производствените планове на базата на нивата на запасите и производствени мощности.
 * Осигуряване на гладкото протичане на производствения процес.
 * Мониториране на спазването на производствени срокове в съответствие с производствения план.
 * Предлагане на мерки за оптимизиране на производствения процес.
 * Анализиране на простоите в производството и тесните места в планирането.
 * Сътрудничество с други отдели в компанията.</t>
   </si>
   <si>
     <t>Production Standard Setter</t>
@@ -12776,50 +12678,74 @@
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
     <t>* Подпомагане на семейства при планирането и организирането на погребални служби по съчувствен и уважителен начин.
 * Предоставяне на насоки за погребалните приготовления, включително избора на ковчег, транспорт и паметни служби.
 * Координиране с различни доставчици на услуги, като гробища, крематориуми и цветари.
 * Подготвяне и подаване на необходимите правни документи, като свидетелства за смърт и разрешения.
 * Осигуряване на правилната грижа и подготовка на починалия, включително балсамиране и обличане.
 * Управление на логистиката за погребалната служба, включително подготовка на мястото и надзор на служебните 電(cur)рояния.
 * Предлагане на емоционална подкрепа и консултиране на скърбящи семейства през цялото планиращи процес.
 * Поддържане на чиста и уважителна среда в погребалната къща и свързани съоръжения.
 * Съгласуване със здравните и сигурносните регламенти и етични стандарти във всички аспекти на работата.
 * Участие в продължаващо професионално развитие и обучение, за да се запознае с практиките и регламентите в бранша.</t>
   </si>
   <si>
+    <t>Gaming / Casino Operator</t>
+  </si>
+  <si>
+    <t>Оператор игрална зала / казино</t>
+  </si>
+  <si>
+    <t>Serving guests in a gaming room or casino.
+Supervising the operation of gaming devices.
+Providing information about games and rules.
+Handling basic technical and operational issues.
+Checking player age and eligibility.
+Complying with internal and legal regulations.
+Maintaining cleanliness and order in the venue.</t>
+  </si>
+  <si>
+    <t>Обслужване на гости в игрална зала или казино.
+Наблюдение върху работата на игралните устройства.
+Предоставяне на информация за игрите и правилата.
+Разрешаване на основни технически и оперативни проблеми.
+Проверка на възраст и правата на играчите.
+Спазване на вътрешни и законови разпоредби.
+Осигуряване на чистота и ред в помещението.</t>
+  </si>
+  <si>
     <t>Gardener</t>
   </si>
   <si>
     <t>Градинар</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
     <t>* Грижа за цветни лехи, тревни площи, дървета и храсти в градини, овощни градини и обществени паркове.
 * Разораване и торене на почвата, късане на плевели.
 * Саждане и напояване на декоративни растения, храсти, дървета и живи плетове.
 * Сеене, поливане и косене на тревни площи.
 * Защита на растителността от вредителите и болестите чрез химични препарати.
 * Прибиране и съхраняване на плодове и зеленчуци.
 * Ремонт на градински инструменти.</t>
   </si>
   <si>
     <t>Goldsmith, Jeweller</t>
@@ -13017,112 +12943,110 @@
 * Четене на техническа документация за получаване на информация за проекта на инсталацията и начина на закрепване и свързване на различни устройства.
 * Резане и пробиване на отвори в стени и подове.
 * Регулиране на тръби чрез рязане, огъване, заваряване и изрезване на резби.
 * Монтаж, демонтаж и обслужване на системи и оборудване за разпределение на тръбопроводи за водоснабдяване, канализация, газ и отопление.
 * Извършване на проби за течове и налягане в съответствие със съществуващите стандарти.</t>
   </si>
   <si>
     <t>Refuse Collector</t>
   </si>
   <si>
     <t>Работник по събиране на отпадъци</t>
   </si>
   <si>
     <t>* Driving and operating a special vehicle for collecting municipal waste.
 * Manipulating containers for collecting municipal waste and moving them to the vehicle.
 * Emptying rubbish bins into the vehicle.
 * Returning dustbins to their original place.
 * Emptying the contents of the vehicle at disposal sites.</t>
   </si>
   <si>
     <t>* Каране и управление на специално предназначено превозно средство за събиране на общински отпадъци.
 * Манипулиране на контейнери за събиране на общински отпадъци и преместване до превозното средство.
 * Изпразване на кофи за боклук в превозното средство.
 * Връщане на кофите на мястото им.
 * Изпразване на съдържанието на превозното средство на места за изхвърляне на отпадъците.</t>
-  </si>
-[...24 lines deleted...]
-* Актуализиране със най-новите промишлени тенденции, технологии и най-добри практики.</t>
   </si>
   <si>
     <t>Stoker, Boiler Attendant</t>
   </si>
   <si>
     <t>Огняр, Оператор котел</t>
   </si>
   <si>
     <t>* Operating and maintaining boilers, ensuring they function efficiently and safely.
 * Monitoring boiler pressure, temperature, and water levels to maintain optimal performance.
 * Conducting routine inspections and performing necessary maintenance on boiler systems.
 * Responding to alarms and safety alerts, taking appropriate action to resolve issues.
 * Maintaining accurate records of boiler operations, maintenance activities, and safety checks.
 * Collaborating with engineering and maintenance teams to troubleshoot and repair boiler-related issues.
 * Ensuring compliance with safety regulations and industry standards in boiler operations.
 * Managing fuel supply and ensuring proper combustion for efficient energy production.
 * Assisting in the training of new staff on boiler operation and safety procedures.
 * Performing emergency shutdown procedures when necessary and ensuring safe operation at all times.</t>
   </si>
   <si>
     <t>* Опериране и поддържане на котли, гарантирайки тяхното ефективно и безопасно функциониране.
 * Мониторинг на налягането, температурата и нивата на водата в котлите, за да се поддържа оптимална производителност.
 * Провеждане на routing инспекции и извършване на необходимото поддръжка на котелните системи.
 * Реагиране на тревоги и сигнали за безопасност, предприемане на подходящи действия за решаване на проблеми.
 * Поддържане на точни записи за експлоатацията на котлите, дейности по поддръжка и проверки на безопасността.
 * Сътрудничество с инженерни и поддръжни екипи за диагностициране и ремонт на проблеми, свързани с котлите.
 * Осигуряване на съответствие със sayılı регули и отраслови стандарти при експлоатацията на котлите.
 * Управление на предоставянето на гориво и осигуряване на правилно горене за ефективно производство на енергия.
 * Помощ при обучението на нови служители по експлоатация и процедури за безопасност на котлите.
 * Извършване на аварийни процедури по спиране при необходимост и осигуряване на безопасна експлоатация винаги.</t>
   </si>
   <si>
     <t>Technology, Development</t>
   </si>
   <si>
     <t>Технологии, развитие</t>
+  </si>
+  <si>
+    <t>Gaming Machines Service Technician</t>
+  </si>
+  <si>
+    <t>Сервизен техник на игрални устройства</t>
+  </si>
+  <si>
+    <t>Installing, configuring, and servicing gaming machines.
+Diagnosing and repairing technical faults.
+Performing regular maintenance of gaming devices.
+Ensuring technical safety and operational functionality.
+Documenting interventions and reporting defects.
+Cooperating with operations managers.
+Testing new devices and components.</t>
+  </si>
+  <si>
+    <t>Инсталиране, настройване и сервизиране на игрални устройства.
+Диагностициране и отстраняване на технически повреди.
+Извършване на редовна поддръжка на автоматите.
+Осигуряване на техническа безопасност и функционалност.
+Документиране на намесите и докладване на дефектите.
+Сътрудничество с оперативните мениджъри.
+Тестване на нови устройства и компоненти.</t>
   </si>
   <si>
     <t>Head of Technical Department</t>
   </si>
   <si>
     <t>Технически директор</t>
   </si>
   <si>
     <t>* Organizing production based on monthly and annual production plans submitted to company management.
 * Developing plans in alignment with the company's business strategy.
 * Ensuring the implementation of plans by overseeing specific production facilities or subordinate technical services, including quality control, development, maintenance, and occupational safety, by delegating tasks to individual team members.
 * Organizing the flow of production documentation and proposing, implementing, and monitoring compliance with organizational regulations.
 * Addressing ongoing technical issues to ensure the facility operates continuously, safely, and efficiently.
 * Leading and managing the technical department to foster innovation and improve operational processes.
 * Collaborating with other departments to align technical activities with overall business objectives.
 * Conducting performance evaluations and providing guidance to team members to enhance their skills and productivity.
 * Monitoring industry trends and advancements to inform strategic decision-making and maintain competitive advantage.
 * Ensuring compliance with safety regulations and quality standards in all technical operations.</t>
   </si>
   <si>
     <t>* Организиране на производството въз основа на месечни и годишни производствени планове, представени на управлението на компанията.
 * Изработване на планове в съответствие със бизнес стратегията на компанията.
 * Осигуряване на реализацията на плановете чрез наблюдение на специфични производствени обекти или подчинени технически служби, включително контрол на качеството, развитие, поддръжка и охрана на труда, чрез делегиране на задачи на отделни членове на екипа.
 * Организиране на потока на производствена документация и предлагане, внедряване и наблюдение на съответствието с организационни нормативни актове.
 * Решаване на актуални технически проблеми, за да се осигури непрекъснатото, безопасно и ефективно функциониране на обекта.
@@ -13206,74 +13130,50 @@
   <si>
     <t>Telecommunications</t>
   </si>
   <si>
     <t>Телекомуникации</t>
   </si>
   <si>
     <t>Data Station Testing Specialist</t>
   </si>
   <si>
     <t>Специалист тестване на дейта станции</t>
   </si>
   <si>
     <t>* Analyzing and complex testing of products with focus on DSL, Active Ethernet, GPON, VoIP and routre technologies.
 * Cooperating on projects.
 * Preparing and coordinating of technical designs for pilot operation of new technologies, product innovations and company solutions.
 * Processing technical specifications for acquiring and innovation of products.</t>
   </si>
   <si>
     <t>* Анализиране и комплексно тестване на продукти със съсредоточаване върху DSL, Active Ethernet, GPON, VoIP и маршрутизационни технологии.
 * Сътрудничество по проекти.
 * Подготвяне и координиране на технически дизайн за пилотна експлоатация на нови технологии, продуктови иновации и фирмени решения.
 * Обработка на технически спецификации за придобиване и иновация на продукти.</t>
   </si>
   <si>
-    <t>* Assembling and fitting telecommunications equipment and systems according to specifications and technical drawings.
-[...22 lines deleted...]
-  <si>
     <t>ICT Specialist</t>
   </si>
   <si>
     <t>Специалист информационни и комуникационни технологии</t>
   </si>
   <si>
     <t>* Installing, configuring and launching components (HW and SW) ICT solutions and services, including pilot operation.
 * Removing defects of 2nd level, including supporting executive components (NW and IT) at localization and removing of defects.
 * Executing system configurations ICT solutions and services.
 * Managing safety elements ICT solutions and services.
 * Communicating with technical support of suppliers, customers and getting involved in acceptation tests.
 * Getting involved in developing ICT services and solutions at putting them in operation.</t>
   </si>
   <si>
     <t>* Инсталиране, конфигуриране и пускане на компоненти (HW и SW) на ИКТ решения и услуги, включително пилотна експлоатация.
 * Премахване на дефекти от 2-ро ниво, включително поддръжка на изпълнителни компоненти (NW и IT) при локализация и премахване на дефекти.
 * Изпълнение на системни конфигурации на ИКТ решения и услуги.
 * Управление на елементи за сигурност на ИКТ решения и услуги.
 * Комуникация с техническа поддръжка на доставчици, клиенти и участие в приемни изпитвания.
 * Участие в разработването на ИКТ услуги и решения при въвеждането им в експлоатация.</t>
   </si>
   <si>
     <t>Mobile Network Development Specialist</t>
   </si>
   <si>
@@ -13446,74 +13346,50 @@
   </si>
   <si>
     <t>* Планиране на радиомрежите GSM, UMTS и F-OFDM за определена област.
 * Създаване на номинален радиоразпределителен план, включително анализ на честотите и капацитета.
 * Разработване на спецификации за придобиване и технически характеристики за насаждане на нови базови станции, преобразуване и развитие.
 * Проектиране на въздушни системи и параметри.
 * Разпределяне, оценяване и анализ на определени измервания на радиомрежата.
 * Актуализиране на бази данни.
 * Решаване на оплаквания от клиенти.</t>
   </si>
   <si>
     <t>Roaming Specialist</t>
   </si>
   <si>
     <t>Специалист роуминг</t>
   </si>
   <si>
     <t>* Preparing plans and coordinating roaming coverage.
 * Administration of the roaming database and documentation.
 * Coordinating exchanges and use of testing SIM cards.</t>
   </si>
   <si>
     <t>* Подготвяне на планове и координиране на покритие на роуминг.
 * Администриране на базата данни за роуминг и документацията.
 * Координиране на обмен и използване на тестови SIM карти.</t>
-  </si>
-[...22 lines deleted...]
-* Следене на технологичните постижения в областта на телекомуникациите за подобряване на услугите.</t>
   </si>
   <si>
     <t>* Carrying out measurements of the access networks.
 * Setting up and moving telecommunication services.
 * Installing and configuring the terminals.
 * Installing and configuring the communication software.
 * Removing the incurred malfunctions.</t>
   </si>
   <si>
     <t>* Извършване на измервания на достъпните мрежи.
 * Настройка и преместване на телекомуникационни услуги.
 * Инсталиране и конфигуриране на терминалите.
 * Инсталиране и конфигуриране на комуникационен софтуер.
 * Отстраняване на възникналите грешки.</t>
   </si>
   <si>
     <t>Telecommunication Specialist</t>
   </si>
   <si>
     <t>Специалист телекомуникации</t>
   </si>
   <si>
     <t>* Designing, implementing, and maintaining telecommunication systems and networks.
 * Analyzing system performance and identifying areas for improvement.
 * Collaborating with engineering teams to develop innovative communication solutions.
@@ -13736,102 +13612,84 @@
   <si>
     <t>Fashion Designer, Pattern Cutter</t>
   </si>
   <si>
     <t>Моден дизайнер, Моделиер</t>
   </si>
   <si>
     <t>* Fabricating one’s own designs and designs according to individual customer requirements.
 * Monitoring new fashion trends, materials and technological processes.
 * Designing cuts in basic or showroom size.
 * Stepping up the basic cut to other sizes according to size charts.
 * Producing the design cuts according to size chart.
 * Creating a size chart according to individual sizes.
 * Checking the design dimensions of the product according to the size chart.</t>
   </si>
   <si>
     <t>* Изработване на собствени дизайни и дизайни според индивидуалните изисквания на клиентите.
 * Мониторинг на новите модни тенденции, материали и технологични процеси.
 * Създаване на кроеща шаблон в базов или шоурум размер.
 * Преход към базовия крой в други размери според таблици с размери.
 * Производство на кроящи шаблони според таблици с размери.
 * Създаване на таблици с размери според индивидуални размери.
 * Проверка на размерите на продукта според таблици с размери.</t>
   </si>
   <si>
-    <t>* Operate and monitor textile machinery and equipment to ensure efficient production processes.
-[...22 lines deleted...]
-  <si>
     <t>Tailor</t>
   </si>
   <si>
     <t>Шивач</t>
   </si>
   <si>
     <t>* Taking measurements of the clients with the help of a tape measure.
 * Recording of the taken measurements.
 * Consulting used materials and cuts with the customers.
 * Making clothes for individual customers with the help of a sewing machine.
 * Adjusting clothes according to the customers' requests.
 * Mending damaged clothes.
 * Doing simple maintenance of the sewing machines (exchanging threads, needles etc.).</t>
   </si>
   <si>
     <t>* Взимане на мерки на клиентите с помощта на ролетка.
 * Записване на взетите мерки.
 * Консултиране на използвани материали и кроя с клиентите.
 * Шиване на дрехи за индивидуални клиенти с помощта на шевна машина.
 * Пригодяване на дрехи според исканията на клиентите.
 * Поправяне на повредени дрехи.
 * Извършване на просто поддръжка на шевните машини (смяна на конци, игли и т.н.).</t>
   </si>
   <si>
     <t>Top Management</t>
   </si>
   <si>
     <t>Висш мениджмънт</t>
+  </si>
+  <si>
+    <t>Branch Director</t>
+  </si>
+  <si>
+    <t>Директор клон</t>
   </si>
   <si>
     <t>* Responsibility for the implementation of the branch business plan.
 * Setting the business strategy.
 * Taking care of key clients and maintaining good relationships with them.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Managing business negotiations.
 * Preparation of regular reports and statistics.</t>
   </si>
   <si>
     <t>* Отговорност за изпълнението на бизнес плана на клон.
 * Определяне на бизнес стратегията.
 * Граждане на ключови клиенти и поддържане на добри отношения с тях.
 * Управление, координация, мотивиране и оценяване на подчинения персонал.
 * Управление на бизнес преговори.
 * Подготвяне на редовни доклади и статистика.</t>
   </si>
   <si>
     <t>Call Centre Director</t>
   </si>
   <si>
     <t>Директор кол център</t>
   </si>
   <si>
     <t>* Oversee and manage the daily operations of the call centre, ensuring efficient and effective service delivery.
@@ -14242,50 +14100,56 @@
 * Сътрудничество с междупредметни екипи, за да се гарантира съвместна работа по бизнес цели и инициативи.
 * Мониторинг и отчитане на регионални показатели за представяне и KPI към висшето ръководство.
 * Гарант за съответствие с политиките, процедурите и изискванията на компанията и регулаторите.
 * Провеждане на редовни прожекции на пазара, за да се оцени представянето на подразделията и удовлетвореността на клиентите.
 * Управление на бюджети и ефективно разпределение на ресурсите, за да се оптимизира оперативната ефективност.</t>
   </si>
   <si>
     <t>Sales Director</t>
   </si>
   <si>
     <t>Директор продажби</t>
   </si>
   <si>
     <t>* Organising the work of the sales team.
 * Visiting strategic customers, conducting business negotiations.
 * Strategic planning of costs and revenues (creation, analysis, prediction).
 * Management of receivables and inventory.
 * Upgrading and improving the company processes.</t>
   </si>
   <si>
     <t>* Организиране на работата на търговския екип.
 * Посещение на стратегически клиенти, провеждане на бизнес преговори.
 * Стратегическо планиране на разходи и приходи (създаване, анализ, прогноза).
 * Управление на вземанията и складовите наличности.
 * Подобряване и усъвършенстване на процесите в компанията.</t>
+  </si>
+  <si>
+    <t>School Principal</t>
+  </si>
+  <si>
+    <t>Директор, училище</t>
   </si>
   <si>
     <t>* Responsibility for the educational and professional quality of work at school.
 * Managing and inspecting the work of all school staff in accordance with the working regulations.
 * Assessing the work of all school staff.
 * Responsibility for the further education of employees. 
 * Influencing out-of-class, extra-curricular, and extra-work activities of the school.
 * Responsibility for adequate personnel and material conditions for work at school.
 * Helping school employees to address their social and legal problems.
 * Calling, managing, and leading teaching staff meetings and formulating the obtained conclusions.
 * Drawing up relevant work plans and internal school regulations. 
 * Submitting the required statistic data and oral or written reporting to superior authorities.
 * Paying attention to the purposeful use of financial means of the school.
 * Managing and monitoring educational activities at school and responsibility for the results of the educational work of the school.
 * Determining the principles of the internal regulations of the school.</t>
   </si>
   <si>
     <t>* Отговорност за образователното и професионално качество на работата в училището.
 * Управление и контрол на работата на целия персонал в училището в съответствие с трудовите разпоредби.
 * Оценяване на работата на целия персонал в училището.
 * Отговорност за по-нататъшното обучение на служителите.
 * Влияние върху извънкласните, извънучебни и извънработните дейности на училището.
 * Отговорност за адекватни персонални и материални условия за работа в училището.
 * Помощ на служителите в училището при решаването на техните социални и правни проблеми.
 * Свикване, управление и ръководство на срещи на учителския персонал и формулиране на получените изводи.
@@ -14717,76 +14581,50 @@
 * Осигуряване на правилно съхранение на хранителни продукти и спазване на ръководствата за безопасност и санитария на хранителните продукти.
 * Подпомагане при управление на запаси чрез проследяване на доставки и уведомяване на ръководители за ниски нива на стока.
 * Помощ при монтиране и демонтиране на кухненските станции преди и след обслужване.
 * Участие в почистването и поддръжката на кухненски уреди и работни зони.
 * Сътрудничество с членове на екипа, за да се осигури ефективна работа на кухнята и навременно обслужване.
 * Следване на всички здравни и безопасни правила, за да се осигури безопасна работна среда.
 * Гъвкавост и готовност да поема допълнителни задачи при нужда, за да подпомогне кухненския екип.</t>
   </si>
   <si>
     <t>Lifeguard, Swimming Instructor</t>
   </si>
   <si>
     <t>Воден спасител, Инструктор плуване</t>
   </si>
   <si>
     <t>* Saving drowning visitors of swimming pools, water parks, beaches and similar facilities.
 * Supervising compliance with the rules of swimming facilities.
 * Providing first aid to visitors of the swimming facilities.</t>
   </si>
   <si>
     <t>* Спасяване на посетители, които се давят в плувни басейни, водни паркове, плажове и подобни съоръжения.
 * Осъществяване на надзор за спазването на правилата на плувните съоръжения.
 * оказване на първа помощ на посетители на плувните съоръжения.</t>
   </si>
   <si>
-    <t>* Overseeing daily operations of the establishment to ensure smooth functioning and high-quality service delivery.
-[...24 lines deleted...]
-  <si>
     <t>Pizza Cook</t>
   </si>
   <si>
     <t>Готвач-пицар</t>
   </si>
   <si>
     <t>* Preparing pizza and pizza products in a special wood-burning oven 
 * Preparation and cleaning within the kitchen.</t>
   </si>
   <si>
     <t>* Приготвяне на пици и пица продукти в специална дървена пещ.
 * Подготовка и почистване в кухнята.</t>
   </si>
   <si>
     <t>* Welcoming and checking in the guests by means of their presented identity card.
 * Assigning rooms according to customer requirements and current availability in accommodation facility.
 * Providing information and assistance in solving problems and complaints.
 * Providing foreign currency exchange services.
 * Providing telephone and e-mail reservations.
 * Providing specialised services on request.
 * Sale of supplementary consumer goods.
 * Issuing receipts for accommodation services.
 * Accepting payments in local and foreign currency and operating a payment terminal.</t>
   </si>
   <si>
@@ -16058,74 +15896,50 @@
 * Поддържане на актуалност относно индустриални тенденции, материали и технологии за подобряване на дизайнерските възможности.
 * Участие в срещи на проекти и предоставяне на техническа поддръжка на заинтересованите страни.
 * Осигуряване на спазване на екологичните регулации и насърчаване на устойчиви практики в процесите на проектиране.
 * Документиране на процесите на проектиране и поддържане на точни записи на развитието на проектите.
 * Обучение и наставничество на младши дизайнерски персонал и стажанти в най-добрите практики и дизайнерски методологии.</t>
   </si>
   <si>
     <t>Lumberjack</t>
   </si>
   <si>
     <t>Дървосекач</t>
   </si>
   <si>
     <t>* Sawing trees and shrubs in forests using a motor or a hand saw.
 * Sawing and cutting logs to planks, boards, beams, joists, laths, strips, etc.
 * Replenishing a mixture of petrol and oil in the chainsaw.
 * Sharpening blunt chains with round and flat files.
 * Performing routine maintenance associated with the use of the chainsaw.</t>
   </si>
   <si>
     <t>* Рязане на дървета и храсти в горите с двигателна или ръчна пила.
 * Рязане и разпилване на дървени трупи на дъски, дървени греди, талпи, летви, надлъжни летви и други.
 * Попълване на смес от бензин и масло в моторната пила.
 * Заостряне на затъпени вериги с кръгли и плоски fila.
 * Извършване на рутинно обслужване, свързано с употребата на моторната пила.</t>
-  </si>
-[...22 lines deleted...]
-* Участие в инициативи за непрекъснато подобряване, за да се повиши ефективността и производителността.</t>
   </si>
   <si>
     <t>Timber Engineer</t>
   </si>
   <si>
     <t>Инженер, дървообработване</t>
   </si>
   <si>
     <t>* Managing and coordinating the technical preparation of production.
 * Analysing the input and output data related to the work task.
 * Testing new production processes.
 * Cooperating in the implementation of technological changes.
 * Managing, coordinating, motivating, and evaluating subordinate employees.
 * Implementing and improving the system of administration and registration of technical documentation.</t>
   </si>
   <si>
     <t>* Управление и координиране на техническата подготовка на производството.
 * Анализиране на входните и изходните данни, свързани със задачата, която трябва да се изпълни.
 * Тестове на нови производствени процеси.
 * Сътрудничество при реализирането на технологични промени.
 * Управление, координиране, мотивиране и оценка на подчинените служители.
 * Въвеждане и усъвършенстване на системата за управление и регистрация на техническа документация.</t>
   </si>
   <si>
     <t>Upholsterer</t>
@@ -16505,88 +16319,88 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F672"/>
+  <dimension ref="A1:F664"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F672"/>
+      <selection activeCell="E6" sqref="E6:F664"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1">
-        <v>667</v>
+        <v>659</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
@@ -17467,12486 +17281,12326 @@
         <v>192</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>127</v>
       </c>
       <c r="B50" t="s">
         <v>128</v>
       </c>
       <c r="C50" t="s">
         <v>193</v>
       </c>
       <c r="D50" t="s">
         <v>194</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>127</v>
+      </c>
+      <c r="B51" t="s">
+        <v>128</v>
+      </c>
+      <c r="C51" t="s">
         <v>197</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
         <v>198</v>
       </c>
-      <c r="C51" t="s">
+      <c r="E51" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="D51" t="s">
+      <c r="F51" s="2" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B52" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C52" t="s">
         <v>203</v>
       </c>
       <c r="D52" t="s">
         <v>204</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B53" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C53" t="s">
         <v>207</v>
       </c>
       <c r="D53" t="s">
         <v>208</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B54" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C54" t="s">
         <v>211</v>
       </c>
       <c r="D54" t="s">
         <v>212</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B55" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C55" t="s">
         <v>215</v>
       </c>
       <c r="D55" t="s">
         <v>216</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B56" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C56" t="s">
         <v>219</v>
       </c>
       <c r="D56" t="s">
         <v>220</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>221</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B57" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C57" t="s">
         <v>223</v>
       </c>
       <c r="D57" t="s">
         <v>224</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B58" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C58" t="s">
         <v>227</v>
       </c>
       <c r="D58" t="s">
         <v>228</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B59" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C59" t="s">
         <v>231</v>
       </c>
       <c r="D59" t="s">
         <v>232</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B60" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C60" t="s">
         <v>235</v>
       </c>
       <c r="D60" t="s">
         <v>236</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>237</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B61" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C61" t="s">
         <v>239</v>
       </c>
       <c r="D61" t="s">
         <v>240</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>241</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B62" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C62" t="s">
         <v>243</v>
       </c>
       <c r="D62" t="s">
         <v>244</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B63" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C63" t="s">
         <v>247</v>
       </c>
       <c r="D63" t="s">
         <v>248</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>249</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B64" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C64" t="s">
         <v>251</v>
       </c>
       <c r="D64" t="s">
         <v>252</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B65" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C65" t="s">
         <v>255</v>
       </c>
       <c r="D65" t="s">
         <v>256</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B66" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C66" t="s">
         <v>259</v>
       </c>
       <c r="D66" t="s">
         <v>260</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B67" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C67" t="s">
         <v>263</v>
       </c>
       <c r="D67" t="s">
         <v>264</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B68" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C68" t="s">
         <v>267</v>
       </c>
       <c r="D68" t="s">
         <v>268</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>269</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>197</v>
+        <v>271</v>
       </c>
       <c r="B69" t="s">
-        <v>198</v>
+        <v>272</v>
       </c>
       <c r="C69" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D69" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>197</v>
+        <v>271</v>
       </c>
       <c r="B70" t="s">
-        <v>198</v>
+        <v>272</v>
       </c>
       <c r="C70" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D70" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>197</v>
+        <v>271</v>
       </c>
       <c r="B71" t="s">
-        <v>198</v>
+        <v>272</v>
       </c>
       <c r="C71" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D71" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>197</v>
+        <v>271</v>
       </c>
       <c r="B72" t="s">
-        <v>198</v>
+        <v>272</v>
       </c>
       <c r="C72" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D72" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B73" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C73" t="s">
         <v>289</v>
       </c>
       <c r="D73" t="s">
         <v>290</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>291</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B74" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C74" t="s">
         <v>293</v>
       </c>
       <c r="D74" t="s">
         <v>294</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>295</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B75" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C75" t="s">
         <v>297</v>
       </c>
       <c r="D75" t="s">
         <v>298</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>299</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B76" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C76" t="s">
         <v>301</v>
       </c>
       <c r="D76" t="s">
         <v>302</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>303</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B77" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C77" t="s">
         <v>305</v>
       </c>
       <c r="D77" t="s">
         <v>306</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>307</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B78" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C78" t="s">
         <v>309</v>
       </c>
       <c r="D78" t="s">
         <v>310</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>311</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B79" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C79" t="s">
         <v>313</v>
       </c>
       <c r="D79" t="s">
         <v>314</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B80" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C80" t="s">
         <v>317</v>
       </c>
       <c r="D80" t="s">
         <v>318</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>287</v>
+        <v>321</v>
       </c>
       <c r="B81" t="s">
-        <v>288</v>
+        <v>322</v>
       </c>
       <c r="C81" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D81" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>287</v>
+        <v>321</v>
       </c>
       <c r="B82" t="s">
-        <v>288</v>
+        <v>322</v>
       </c>
       <c r="C82" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D82" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>287</v>
+        <v>321</v>
       </c>
       <c r="B83" t="s">
-        <v>288</v>
+        <v>322</v>
       </c>
       <c r="C83" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D83" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>287</v>
+        <v>321</v>
       </c>
       <c r="B84" t="s">
-        <v>288</v>
+        <v>322</v>
       </c>
       <c r="C84" t="s">
-        <v>333</v>
+        <v>313</v>
       </c>
       <c r="D84" t="s">
-        <v>334</v>
+        <v>314</v>
       </c>
       <c r="E84" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>287</v>
+        <v>336</v>
       </c>
       <c r="B85" t="s">
-        <v>288</v>
+        <v>337</v>
       </c>
       <c r="C85" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D85" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="B86" t="s">
+        <v>337</v>
+      </c>
+      <c r="C86" t="s">
         <v>342</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>343</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="E86" s="2" t="s">
+      <c r="F86" s="2" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="B87" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="C87" t="s">
+        <v>346</v>
+      </c>
+      <c r="D87" t="s">
         <v>347</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="E87" s="2" t="s">
+      <c r="F87" s="2" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="B88" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="C88" t="s">
+        <v>350</v>
+      </c>
+      <c r="D88" t="s">
         <v>351</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" s="2" t="s">
         <v>352</v>
       </c>
-      <c r="E88" s="2" t="s">
+      <c r="F88" s="2" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="B89" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="C89" t="s">
-        <v>309</v>
+        <v>354</v>
       </c>
       <c r="D89" t="s">
-        <v>310</v>
+        <v>355</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="B90" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="C90" t="s">
-        <v>333</v>
+        <v>358</v>
       </c>
       <c r="D90" t="s">
-        <v>334</v>
+        <v>359</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B91" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C91" t="s">
-        <v>199</v>
+        <v>362</v>
       </c>
       <c r="D91" t="s">
-        <v>200</v>
+        <v>363</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B92" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C92" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D92" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B93" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C93" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="D93" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B94" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C94" t="s">
-        <v>207</v>
+        <v>374</v>
       </c>
       <c r="D94" t="s">
-        <v>208</v>
+        <v>375</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B95" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C95" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="D95" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B96" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C96" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="D96" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B97" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C97" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="D97" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B98" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C98" t="s">
-        <v>215</v>
+        <v>390</v>
       </c>
       <c r="D98" t="s">
-        <v>216</v>
+        <v>391</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B99" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C99" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="D99" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B100" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C100" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="D100" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B101" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C101" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="D101" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B102" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C102" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="D102" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B103" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C103" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="D103" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B104" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C104" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="D104" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B105" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C105" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="D105" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B106" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C106" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="D106" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B107" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C107" t="s">
-        <v>267</v>
+        <v>426</v>
       </c>
       <c r="D107" t="s">
-        <v>268</v>
+        <v>427</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B108" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C108" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="D108" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B109" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C109" t="s">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c r="D109" t="s">
-        <v>425</v>
+        <v>435</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B110" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C110" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="D110" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B111" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C111" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="D111" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="B112" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="C112" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
       <c r="D112" t="s">
-        <v>437</v>
+        <v>447</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>358</v>
+        <v>450</v>
       </c>
       <c r="B113" t="s">
-        <v>359</v>
+        <v>451</v>
       </c>
       <c r="C113" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="D113" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>358</v>
+        <v>450</v>
       </c>
       <c r="B114" t="s">
-        <v>359</v>
+        <v>451</v>
       </c>
       <c r="C114" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="D114" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>446</v>
+        <v>458</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>358</v>
+        <v>450</v>
       </c>
       <c r="B115" t="s">
-        <v>359</v>
+        <v>451</v>
       </c>
       <c r="C115" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
       <c r="D115" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>358</v>
+        <v>450</v>
       </c>
       <c r="B116" t="s">
-        <v>359</v>
+        <v>451</v>
       </c>
       <c r="C116" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="D116" t="s">
-        <v>453</v>
+        <v>465</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>454</v>
+        <v>466</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>358</v>
+        <v>450</v>
       </c>
       <c r="B117" t="s">
-        <v>359</v>
+        <v>451</v>
       </c>
       <c r="C117" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="D117" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>358</v>
+        <v>450</v>
       </c>
       <c r="B118" t="s">
-        <v>359</v>
+        <v>451</v>
       </c>
       <c r="C118" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="D118" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>358</v>
+        <v>450</v>
       </c>
       <c r="B119" t="s">
-        <v>359</v>
+        <v>451</v>
       </c>
       <c r="C119" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="D119" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B120" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C120" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="D120" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B121" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C121" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="D121" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B122" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C122" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="D122" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B123" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C123" t="s">
-        <v>482</v>
+        <v>281</v>
       </c>
       <c r="D123" t="s">
-        <v>483</v>
+        <v>282</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B124" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C124" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="D124" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B125" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C125" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="D125" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B126" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C126" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="D126" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B127" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C127" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="D127" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B128" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C128" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="D128" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B129" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C129" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="D129" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B130" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C130" t="s">
-        <v>297</v>
+        <v>518</v>
       </c>
       <c r="D130" t="s">
-        <v>298</v>
+        <v>519</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B131" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C131" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
       <c r="D131" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B132" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C132" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="D132" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B133" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C133" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="D133" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B134" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C134" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="D134" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B135" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C135" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="D135" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B136" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C136" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="D136" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B137" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C137" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="D137" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B138" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C138" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="D138" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B139" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C139" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="D139" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B140" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C140" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="D140" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="B141" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="C141" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="D141" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>468</v>
+        <v>566</v>
       </c>
       <c r="B142" t="s">
-        <v>469</v>
+        <v>567</v>
       </c>
       <c r="C142" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
       <c r="D142" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>468</v>
+        <v>566</v>
       </c>
       <c r="B143" t="s">
-        <v>469</v>
+        <v>567</v>
       </c>
       <c r="C143" t="s">
-        <v>560</v>
+        <v>25</v>
       </c>
       <c r="D143" t="s">
-        <v>561</v>
+        <v>26</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>468</v>
+        <v>566</v>
       </c>
       <c r="B144" t="s">
-        <v>469</v>
+        <v>567</v>
       </c>
       <c r="C144" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="D144" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>468</v>
+        <v>566</v>
       </c>
       <c r="B145" t="s">
-        <v>469</v>
+        <v>567</v>
       </c>
       <c r="C145" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="D145" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>468</v>
+        <v>566</v>
       </c>
       <c r="B146" t="s">
-        <v>469</v>
+        <v>567</v>
       </c>
       <c r="C146" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="D146" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>468</v>
+        <v>586</v>
       </c>
       <c r="B147" t="s">
-        <v>469</v>
+        <v>587</v>
       </c>
       <c r="C147" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="D147" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>468</v>
+        <v>586</v>
       </c>
       <c r="B148" t="s">
-        <v>469</v>
+        <v>587</v>
       </c>
       <c r="C148" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="D148" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>468</v>
+        <v>586</v>
       </c>
       <c r="B149" t="s">
-        <v>469</v>
+        <v>587</v>
       </c>
       <c r="C149" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="D149" t="s">
-        <v>585</v>
+        <v>597</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>468</v>
+        <v>586</v>
       </c>
       <c r="B150" t="s">
-        <v>469</v>
+        <v>587</v>
       </c>
       <c r="C150" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="D150" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="B151" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="C151" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="D151" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="B152" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="C152" t="s">
-        <v>25</v>
+        <v>362</v>
       </c>
       <c r="D152" t="s">
-        <v>26</v>
+        <v>363</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="B153" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="C153" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="D153" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="B154" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="C154" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="D154" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="B155" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="C155" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="D155" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B156" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C156" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="D156" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B157" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C157" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="D157" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B158" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C158" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="D158" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B159" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C159" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="D159" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B160" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C160" t="s">
-        <v>630</v>
+        <v>231</v>
       </c>
       <c r="D160" t="s">
-        <v>631</v>
+        <v>232</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B161" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C161" t="s">
-        <v>215</v>
+        <v>640</v>
       </c>
       <c r="D161" t="s">
-        <v>216</v>
+        <v>641</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B162" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C162" t="s">
-        <v>636</v>
+        <v>235</v>
       </c>
       <c r="D162" t="s">
-        <v>637</v>
+        <v>236</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B163" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C163" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="D163" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B164" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C164" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="D164" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B165" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C165" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="D165" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B166" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C166" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="D166" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B167" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C167" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="D167" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B168" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C168" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="D168" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B169" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C169" t="s">
-        <v>243</v>
+        <v>670</v>
       </c>
       <c r="D169" t="s">
-        <v>244</v>
+        <v>671</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B170" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C170" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="D170" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B171" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C171" t="s">
-        <v>247</v>
+        <v>678</v>
       </c>
       <c r="D171" t="s">
-        <v>248</v>
+        <v>679</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B172" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C172" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="D172" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>674</v>
+        <v>684</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B173" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C173" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="D173" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>679</v>
+        <v>689</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>612</v>
+        <v>586</v>
       </c>
       <c r="B174" t="s">
-        <v>613</v>
+        <v>587</v>
       </c>
       <c r="C174" t="s">
-        <v>680</v>
+        <v>690</v>
       </c>
       <c r="D174" t="s">
-        <v>681</v>
+        <v>691</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>612</v>
+        <v>694</v>
       </c>
       <c r="B175" t="s">
-        <v>613</v>
+        <v>695</v>
       </c>
       <c r="C175" t="s">
-        <v>684</v>
+        <v>133</v>
       </c>
       <c r="D175" t="s">
-        <v>685</v>
+        <v>134</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>686</v>
+        <v>696</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>612</v>
+        <v>694</v>
       </c>
       <c r="B176" t="s">
-        <v>613</v>
+        <v>695</v>
       </c>
       <c r="C176" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="D176" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>612</v>
+        <v>694</v>
       </c>
       <c r="B177" t="s">
-        <v>613</v>
+        <v>695</v>
       </c>
       <c r="C177" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="D177" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>612</v>
+        <v>694</v>
       </c>
       <c r="B178" t="s">
-        <v>613</v>
+        <v>695</v>
       </c>
       <c r="C178" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="D178" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>612</v>
+        <v>694</v>
       </c>
       <c r="B179" t="s">
-        <v>613</v>
+        <v>695</v>
       </c>
       <c r="C179" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="D179" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>612</v>
+        <v>694</v>
       </c>
       <c r="B180" t="s">
-        <v>613</v>
+        <v>695</v>
       </c>
       <c r="C180" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="D180" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>612</v>
+        <v>694</v>
       </c>
       <c r="B181" t="s">
-        <v>613</v>
+        <v>695</v>
       </c>
       <c r="C181" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="D181" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>612</v>
+        <v>694</v>
       </c>
       <c r="B182" t="s">
-        <v>613</v>
+        <v>695</v>
       </c>
       <c r="C182" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="D182" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>612</v>
+        <v>694</v>
       </c>
       <c r="B183" t="s">
-        <v>613</v>
+        <v>695</v>
       </c>
       <c r="C183" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="D183" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B184" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C184" t="s">
-        <v>133</v>
+        <v>730</v>
       </c>
       <c r="D184" t="s">
-        <v>134</v>
+        <v>731</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B185" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C185" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="D185" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B186" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C186" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="D186" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B187" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C187" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="D187" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B188" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C188" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="D188" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B189" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C189" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="D189" t="s">
-        <v>741</v>
+        <v>751</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>742</v>
+        <v>752</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>743</v>
+        <v>753</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B190" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C190" t="s">
-        <v>744</v>
+        <v>754</v>
       </c>
       <c r="D190" t="s">
-        <v>745</v>
+        <v>755</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B191" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C191" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="D191" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B192" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C192" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="D192" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>754</v>
+        <v>764</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B193" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C193" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="D193" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B194" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C194" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
       <c r="D194" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B195" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C195" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="D195" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B196" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C196" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="D196" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>770</v>
+        <v>780</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B197" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C197" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="D197" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B198" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C198" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="D198" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B199" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C199" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="D199" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B200" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C200" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="D200" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="B201" t="s">
-        <v>721</v>
+        <v>695</v>
       </c>
       <c r="C201" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="D201" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
       <c r="B202" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="C202" t="s">
-        <v>792</v>
+        <v>281</v>
       </c>
       <c r="D202" t="s">
-        <v>793</v>
+        <v>282</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
       <c r="B203" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="C203" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="D203" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
       <c r="B204" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="C204" t="s">
-        <v>800</v>
+        <v>289</v>
       </c>
       <c r="D204" t="s">
-        <v>801</v>
+        <v>290</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
       <c r="B205" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="C205" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="D205" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
       <c r="B206" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="C206" t="s">
-        <v>808</v>
+        <v>293</v>
       </c>
       <c r="D206" t="s">
-        <v>809</v>
+        <v>294</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>810</v>
+        <v>295</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
       <c r="B207" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="C207" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="D207" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
       <c r="B208" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="C208" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="D208" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
       <c r="B209" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="C209" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="D209" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
       <c r="B210" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="C210" t="s">
-        <v>824</v>
+        <v>301</v>
       </c>
       <c r="D210" t="s">
-        <v>825</v>
+        <v>302</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>826</v>
+        <v>303</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>720</v>
+        <v>802</v>
       </c>
       <c r="B211" t="s">
-        <v>721</v>
+        <v>803</v>
       </c>
       <c r="C211" t="s">
-        <v>828</v>
+        <v>309</v>
       </c>
       <c r="D211" t="s">
-        <v>829</v>
+        <v>310</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>830</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
+        <v>802</v>
+      </c>
+      <c r="B212" t="s">
+        <v>803</v>
+      </c>
+      <c r="C212" t="s">
         <v>832</v>
       </c>
-      <c r="B212" t="s">
+      <c r="D212" t="s">
         <v>833</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>834</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>832</v>
+        <v>802</v>
       </c>
       <c r="B213" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="C213" t="s">
         <v>836</v>
       </c>
       <c r="D213" t="s">
         <v>837</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>838</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>832</v>
+        <v>802</v>
       </c>
       <c r="B214" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="C214" t="s">
-        <v>305</v>
+        <v>840</v>
       </c>
       <c r="D214" t="s">
-        <v>306</v>
+        <v>841</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>832</v>
+        <v>802</v>
       </c>
       <c r="B215" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="C215" t="s">
-        <v>842</v>
+        <v>313</v>
       </c>
       <c r="D215" t="s">
-        <v>843</v>
+        <v>314</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>844</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="B216" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="C216" t="s">
-        <v>313</v>
+        <v>848</v>
       </c>
       <c r="D216" t="s">
-        <v>314</v>
+        <v>848</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>315</v>
+        <v>849</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="B217" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="C217" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="D217" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="B218" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="C218" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="D218" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="B219" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="C219" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="D219" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="B220" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="C220" t="s">
-        <v>321</v>
+        <v>863</v>
       </c>
       <c r="D220" t="s">
-        <v>322</v>
+        <v>864</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>323</v>
+        <v>865</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="B221" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="C221" t="s">
-        <v>329</v>
+        <v>867</v>
       </c>
       <c r="D221" t="s">
-        <v>330</v>
+        <v>868</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="B222" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="C222" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="D222" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>832</v>
+        <v>875</v>
       </c>
       <c r="B223" t="s">
-        <v>833</v>
+        <v>876</v>
       </c>
       <c r="C223" t="s">
-        <v>866</v>
+        <v>877</v>
       </c>
       <c r="D223" t="s">
-        <v>867</v>
+        <v>878</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>868</v>
+        <v>879</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>869</v>
+        <v>880</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>832</v>
+        <v>875</v>
       </c>
       <c r="B224" t="s">
-        <v>833</v>
+        <v>876</v>
       </c>
       <c r="C224" t="s">
-        <v>870</v>
+        <v>881</v>
       </c>
       <c r="D224" t="s">
-        <v>871</v>
+        <v>882</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>872</v>
+        <v>883</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>873</v>
+        <v>884</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>832</v>
+        <v>875</v>
       </c>
       <c r="B225" t="s">
-        <v>833</v>
+        <v>876</v>
       </c>
       <c r="C225" t="s">
-        <v>333</v>
+        <v>885</v>
       </c>
       <c r="D225" t="s">
-        <v>334</v>
+        <v>886</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>874</v>
+        <v>887</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>875</v>
+        <v>888</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
+        <v>875</v>
+      </c>
+      <c r="B226" t="s">
         <v>876</v>
       </c>
-      <c r="B226" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C226" t="s">
-        <v>878</v>
+        <v>889</v>
       </c>
       <c r="D226" t="s">
-        <v>878</v>
+        <v>890</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>879</v>
+        <v>891</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>880</v>
+        <v>892</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
+        <v>875</v>
+      </c>
+      <c r="B227" t="s">
         <v>876</v>
       </c>
-      <c r="B227" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" t="s">
-        <v>881</v>
+        <v>893</v>
       </c>
       <c r="D227" t="s">
-        <v>882</v>
+        <v>894</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>883</v>
+        <v>895</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>884</v>
+        <v>896</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
+        <v>875</v>
+      </c>
+      <c r="B228" t="s">
         <v>876</v>
       </c>
-      <c r="B228" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" t="s">
-        <v>885</v>
+        <v>897</v>
       </c>
       <c r="D228" t="s">
-        <v>886</v>
+        <v>898</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>887</v>
+        <v>899</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>888</v>
+        <v>900</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
+        <v>875</v>
+      </c>
+      <c r="B229" t="s">
         <v>876</v>
       </c>
-      <c r="B229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" t="s">
-        <v>889</v>
+        <v>901</v>
       </c>
       <c r="D229" t="s">
-        <v>890</v>
+        <v>902</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>891</v>
+        <v>903</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>892</v>
+        <v>904</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
+        <v>875</v>
+      </c>
+      <c r="B230" t="s">
         <v>876</v>
       </c>
-      <c r="B230" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" t="s">
-        <v>893</v>
+        <v>905</v>
       </c>
       <c r="D230" t="s">
-        <v>894</v>
+        <v>906</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>895</v>
+        <v>907</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>896</v>
+        <v>908</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
+        <v>875</v>
+      </c>
+      <c r="B231" t="s">
         <v>876</v>
       </c>
-      <c r="B231" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231" t="s">
-        <v>897</v>
+        <v>909</v>
       </c>
       <c r="D231" t="s">
-        <v>898</v>
+        <v>910</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>899</v>
+        <v>911</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>900</v>
+        <v>912</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
+        <v>875</v>
+      </c>
+      <c r="B232" t="s">
         <v>876</v>
       </c>
-      <c r="B232" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232" t="s">
-        <v>901</v>
+        <v>913</v>
       </c>
       <c r="D232" t="s">
-        <v>902</v>
+        <v>914</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>903</v>
+        <v>915</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>904</v>
+        <v>916</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>905</v>
+        <v>875</v>
       </c>
       <c r="B233" t="s">
-        <v>906</v>
+        <v>876</v>
       </c>
       <c r="C233" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="D233" t="s">
-        <v>908</v>
+        <v>791</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>905</v>
+        <v>875</v>
       </c>
       <c r="B234" t="s">
-        <v>906</v>
+        <v>876</v>
       </c>
       <c r="C234" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="D234" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>905</v>
+        <v>875</v>
       </c>
       <c r="B235" t="s">
-        <v>906</v>
+        <v>876</v>
       </c>
       <c r="C235" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="D235" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B236" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C236" t="s">
-        <v>239</v>
+        <v>930</v>
       </c>
       <c r="D236" t="s">
-        <v>240</v>
+        <v>931</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>919</v>
+        <v>932</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>920</v>
+        <v>933</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B237" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C237" t="s">
-        <v>921</v>
+        <v>934</v>
       </c>
       <c r="D237" t="s">
-        <v>922</v>
+        <v>935</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>923</v>
+        <v>936</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>924</v>
+        <v>937</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B238" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C238" t="s">
-        <v>925</v>
+        <v>938</v>
       </c>
       <c r="D238" t="s">
-        <v>926</v>
+        <v>939</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>927</v>
+        <v>940</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>928</v>
+        <v>941</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B239" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C239" t="s">
-        <v>929</v>
+        <v>942</v>
       </c>
       <c r="D239" t="s">
-        <v>930</v>
+        <v>943</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>931</v>
+        <v>944</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>932</v>
+        <v>945</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B240" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C240" t="s">
-        <v>933</v>
+        <v>946</v>
       </c>
       <c r="D240" t="s">
-        <v>934</v>
+        <v>947</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>935</v>
+        <v>948</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>936</v>
+        <v>949</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B241" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C241" t="s">
-        <v>937</v>
+        <v>950</v>
       </c>
       <c r="D241" t="s">
-        <v>938</v>
+        <v>951</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>939</v>
+        <v>952</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>940</v>
+        <v>953</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B242" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C242" t="s">
-        <v>941</v>
+        <v>954</v>
       </c>
       <c r="D242" t="s">
-        <v>942</v>
+        <v>954</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>943</v>
+        <v>955</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>944</v>
+        <v>956</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B243" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C243" t="s">
-        <v>945</v>
+        <v>957</v>
       </c>
       <c r="D243" t="s">
-        <v>946</v>
+        <v>958</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>947</v>
+        <v>959</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>948</v>
+        <v>960</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B244" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C244" t="s">
-        <v>949</v>
+        <v>961</v>
       </c>
       <c r="D244" t="s">
-        <v>821</v>
+        <v>962</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>951</v>
+        <v>964</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B245" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C245" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
       <c r="D245" t="s">
-        <v>953</v>
+        <v>966</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>954</v>
+        <v>967</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>955</v>
+        <v>968</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>905</v>
+        <v>928</v>
       </c>
       <c r="B246" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="C246" t="s">
-        <v>956</v>
+        <v>969</v>
       </c>
       <c r="D246" t="s">
-        <v>957</v>
+        <v>970</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>958</v>
+        <v>971</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B247" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C247" t="s">
-        <v>962</v>
+        <v>973</v>
       </c>
       <c r="D247" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>964</v>
+        <v>975</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>965</v>
+        <v>976</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B248" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C248" t="s">
-        <v>966</v>
+        <v>977</v>
       </c>
       <c r="D248" t="s">
-        <v>967</v>
+        <v>978</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>968</v>
+        <v>979</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>969</v>
+        <v>980</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B249" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C249" t="s">
-        <v>970</v>
+        <v>981</v>
       </c>
       <c r="D249" t="s">
-        <v>971</v>
+        <v>982</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>972</v>
+        <v>983</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>973</v>
+        <v>984</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B250" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C250" t="s">
-        <v>974</v>
+        <v>985</v>
       </c>
       <c r="D250" t="s">
-        <v>975</v>
+        <v>986</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>976</v>
+        <v>987</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>977</v>
+        <v>988</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B251" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C251" t="s">
-        <v>978</v>
+        <v>989</v>
       </c>
       <c r="D251" t="s">
-        <v>979</v>
+        <v>990</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>981</v>
+        <v>992</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B252" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C252" t="s">
-        <v>982</v>
+        <v>993</v>
       </c>
       <c r="D252" t="s">
-        <v>982</v>
+        <v>993</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>983</v>
+        <v>994</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>984</v>
+        <v>995</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B253" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C253" t="s">
-        <v>985</v>
+        <v>996</v>
       </c>
       <c r="D253" t="s">
-        <v>986</v>
+        <v>997</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>987</v>
+        <v>998</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>988</v>
+        <v>999</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B254" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C254" t="s">
-        <v>989</v>
+        <v>1000</v>
       </c>
       <c r="D254" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>992</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B255" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C255" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="D255" t="s">
-        <v>994</v>
+        <v>1004</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>995</v>
+        <v>1005</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>996</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B256" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C256" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
       <c r="D256" t="s">
-        <v>998</v>
+        <v>1008</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>999</v>
+        <v>1009</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>1000</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B257" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C257" t="s">
-        <v>1001</v>
+        <v>1011</v>
       </c>
       <c r="D257" t="s">
-        <v>1002</v>
+        <v>1012</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B258" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C258" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="D258" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B259" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C259" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="D259" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B260" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C260" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="D260" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B261" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C261" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="D261" t="s">
-        <v>1018</v>
+        <v>1028</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>1019</v>
+        <v>1029</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>1020</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B262" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C262" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="D262" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B263" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C263" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="D263" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B264" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C264" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="D264" t="s">
-        <v>1028</v>
+        <v>1039</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>1029</v>
+        <v>1040</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>1030</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B265" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C265" t="s">
-        <v>1031</v>
+        <v>1042</v>
       </c>
       <c r="D265" t="s">
-        <v>1032</v>
+        <v>1043</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>1033</v>
+        <v>1044</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>1034</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B266" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C266" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
       <c r="D266" t="s">
-        <v>1036</v>
+        <v>1047</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>1037</v>
+        <v>1048</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B267" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C267" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
       <c r="D267" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>1042</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B268" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C268" t="s">
-        <v>1043</v>
+        <v>1054</v>
       </c>
       <c r="D268" t="s">
-        <v>1044</v>
+        <v>1055</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>1045</v>
+        <v>1056</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>1046</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B269" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C269" t="s">
-        <v>1047</v>
+        <v>1058</v>
       </c>
       <c r="D269" t="s">
-        <v>1048</v>
+        <v>1059</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>1049</v>
+        <v>1060</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>1050</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B270" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C270" t="s">
-        <v>1051</v>
+        <v>1062</v>
       </c>
       <c r="D270" t="s">
-        <v>1052</v>
+        <v>1063</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>1053</v>
+        <v>1064</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>1054</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B271" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C271" t="s">
-        <v>1055</v>
+        <v>1066</v>
       </c>
       <c r="D271" t="s">
-        <v>1056</v>
+        <v>1067</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>1057</v>
+        <v>1068</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>1058</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B272" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C272" t="s">
-        <v>1059</v>
+        <v>1070</v>
       </c>
       <c r="D272" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B273" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C273" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="D273" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B274" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C274" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="D274" t="s">
-        <v>1067</v>
+        <v>1079</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B275" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C275" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="D275" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>1073</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B276" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C276" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="D276" t="s">
-        <v>1075</v>
+        <v>1087</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>1077</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B277" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C277" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="D277" t="s">
-        <v>1079</v>
+        <v>1091</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>1080</v>
+        <v>1092</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>1081</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B278" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C278" t="s">
-        <v>1082</v>
+        <v>1094</v>
       </c>
       <c r="D278" t="s">
-        <v>1083</v>
+        <v>1095</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>1084</v>
+        <v>1096</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>1085</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B279" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C279" t="s">
-        <v>1086</v>
+        <v>1098</v>
       </c>
       <c r="D279" t="s">
-        <v>1087</v>
+        <v>1099</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B280" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C280" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
       <c r="D280" t="s">
-        <v>1091</v>
+        <v>1103</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>1092</v>
+        <v>1104</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>1093</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B281" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C281" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
       <c r="D281" t="s">
-        <v>1095</v>
+        <v>1107</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>1096</v>
+        <v>1108</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B282" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C282" t="s">
-        <v>1098</v>
+        <v>1110</v>
       </c>
       <c r="D282" t="s">
-        <v>1099</v>
+        <v>1111</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>1100</v>
+        <v>1112</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>1101</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B283" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C283" t="s">
-        <v>1102</v>
+        <v>1114</v>
       </c>
       <c r="D283" t="s">
-        <v>1103</v>
+        <v>1115</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>1104</v>
+        <v>1116</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1105</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B284" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C284" t="s">
-        <v>1106</v>
+        <v>1118</v>
       </c>
       <c r="D284" t="s">
-        <v>1107</v>
+        <v>1119</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>1108</v>
+        <v>1120</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1109</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B285" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C285" t="s">
-        <v>1110</v>
+        <v>1122</v>
       </c>
       <c r="D285" t="s">
-        <v>1111</v>
+        <v>1123</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>1112</v>
+        <v>1124</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1113</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B286" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C286" t="s">
-        <v>1114</v>
+        <v>1126</v>
       </c>
       <c r="D286" t="s">
-        <v>1115</v>
+        <v>1127</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1116</v>
+        <v>1128</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1117</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B287" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C287" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
       <c r="D287" t="s">
-        <v>1119</v>
+        <v>1131</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B288" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C288" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="D288" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1125</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B289" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C289" t="s">
-        <v>1126</v>
+        <v>1138</v>
       </c>
       <c r="D289" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>1128</v>
+        <v>1139</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1129</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B290" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C290" t="s">
-        <v>1130</v>
+        <v>832</v>
       </c>
       <c r="D290" t="s">
-        <v>1131</v>
+        <v>833</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>1132</v>
+        <v>1141</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1133</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B291" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C291" t="s">
-        <v>1134</v>
+        <v>836</v>
       </c>
       <c r="D291" t="s">
-        <v>1135</v>
+        <v>837</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>1136</v>
+        <v>1143</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1137</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B292" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C292" t="s">
-        <v>1138</v>
+        <v>1145</v>
       </c>
       <c r="D292" t="s">
-        <v>1139</v>
+        <v>1146</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>1140</v>
+        <v>1147</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B293" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C293" t="s">
-        <v>1142</v>
+        <v>1149</v>
       </c>
       <c r="D293" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1145</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B294" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C294" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
       <c r="D294" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B295" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C295" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="D295" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B296" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C296" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="D296" t="s">
-        <v>1154</v>
+        <v>1162</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>1155</v>
+        <v>1163</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>1156</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B297" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C297" t="s">
-        <v>862</v>
+        <v>1165</v>
       </c>
       <c r="D297" t="s">
-        <v>863</v>
+        <v>1166</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>1158</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B298" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C298" t="s">
-        <v>866</v>
+        <v>1169</v>
       </c>
       <c r="D298" t="s">
-        <v>867</v>
+        <v>1170</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>1159</v>
+        <v>1171</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>1160</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B299" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C299" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="D299" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>1163</v>
+        <v>1175</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>1164</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B300" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C300" t="s">
-        <v>1165</v>
+        <v>1177</v>
       </c>
       <c r="D300" t="s">
-        <v>1166</v>
+        <v>1178</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>1167</v>
+        <v>1179</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B301" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C301" t="s">
-        <v>1169</v>
+        <v>1181</v>
       </c>
       <c r="D301" t="s">
-        <v>1170</v>
+        <v>1182</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>1171</v>
+        <v>1183</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>1172</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>960</v>
+        <v>928</v>
       </c>
       <c r="B302" t="s">
-        <v>961</v>
+        <v>929</v>
       </c>
       <c r="C302" t="s">
-        <v>1173</v>
+        <v>1185</v>
       </c>
       <c r="D302" t="s">
-        <v>1174</v>
+        <v>1186</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>1175</v>
+        <v>1187</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>1176</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>960</v>
+        <v>1189</v>
       </c>
       <c r="B303" t="s">
-        <v>961</v>
+        <v>1190</v>
       </c>
       <c r="C303" t="s">
-        <v>1177</v>
+        <v>1191</v>
       </c>
       <c r="D303" t="s">
-        <v>1178</v>
+        <v>1192</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>1179</v>
+        <v>1193</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>1180</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>960</v>
+        <v>1189</v>
       </c>
       <c r="B304" t="s">
-        <v>961</v>
+        <v>1190</v>
       </c>
       <c r="C304" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
       <c r="D304" t="s">
-        <v>1182</v>
+        <v>1196</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>1183</v>
+        <v>1197</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>1184</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>960</v>
+        <v>1189</v>
       </c>
       <c r="B305" t="s">
-        <v>961</v>
+        <v>1190</v>
       </c>
       <c r="C305" t="s">
-        <v>1185</v>
+        <v>1199</v>
       </c>
       <c r="D305" t="s">
-        <v>1186</v>
+        <v>1200</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>1187</v>
+        <v>1201</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>1188</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>960</v>
+        <v>1203</v>
       </c>
       <c r="B306" t="s">
-        <v>961</v>
+        <v>1204</v>
       </c>
       <c r="C306" t="s">
-        <v>1189</v>
+        <v>1205</v>
       </c>
       <c r="D306" t="s">
-        <v>1190</v>
+        <v>1206</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>1191</v>
+        <v>1207</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>1192</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>960</v>
+        <v>1203</v>
       </c>
       <c r="B307" t="s">
-        <v>961</v>
+        <v>1204</v>
       </c>
       <c r="C307" t="s">
-        <v>1193</v>
+        <v>1209</v>
       </c>
       <c r="D307" t="s">
-        <v>1194</v>
+        <v>1210</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>1195</v>
+        <v>1211</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>1196</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B308" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C308" t="s">
-        <v>1199</v>
+        <v>1213</v>
       </c>
       <c r="D308" t="s">
-        <v>1200</v>
+        <v>1214</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>1201</v>
+        <v>1215</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>1202</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B309" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C309" t="s">
-        <v>207</v>
+        <v>1217</v>
       </c>
       <c r="D309" t="s">
-        <v>208</v>
+        <v>1218</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>1203</v>
+        <v>1219</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1204</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B310" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C310" t="s">
-        <v>239</v>
+        <v>1221</v>
       </c>
       <c r="D310" t="s">
-        <v>240</v>
+        <v>1221</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>1205</v>
+        <v>1222</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>1206</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B311" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C311" t="s">
-        <v>1207</v>
+        <v>1224</v>
       </c>
       <c r="D311" t="s">
-        <v>1208</v>
+        <v>1225</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>1209</v>
+        <v>1226</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1210</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B312" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C312" t="s">
-        <v>1211</v>
+        <v>1228</v>
       </c>
       <c r="D312" t="s">
-        <v>1212</v>
+        <v>1229</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>1213</v>
+        <v>1230</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1214</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B313" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C313" t="s">
-        <v>1217</v>
+        <v>1232</v>
       </c>
       <c r="D313" t="s">
-        <v>1218</v>
+        <v>1233</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>1219</v>
+        <v>1234</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>1220</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B314" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C314" t="s">
-        <v>1221</v>
+        <v>1236</v>
       </c>
       <c r="D314" t="s">
-        <v>1222</v>
+        <v>1237</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>1223</v>
+        <v>1238</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>1224</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B315" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C315" t="s">
-        <v>1225</v>
+        <v>1240</v>
       </c>
       <c r="D315" t="s">
-        <v>1226</v>
+        <v>1241</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>1227</v>
+        <v>1242</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>1228</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B316" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C316" t="s">
-        <v>1229</v>
+        <v>1244</v>
       </c>
       <c r="D316" t="s">
-        <v>1230</v>
+        <v>1245</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>1231</v>
+        <v>1246</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1232</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B317" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C317" t="s">
-        <v>1233</v>
+        <v>1248</v>
       </c>
       <c r="D317" t="s">
-        <v>1233</v>
+        <v>1249</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>1234</v>
+        <v>1250</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1235</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B318" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C318" t="s">
-        <v>1236</v>
+        <v>1252</v>
       </c>
       <c r="D318" t="s">
-        <v>1237</v>
+        <v>1253</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>1238</v>
+        <v>1254</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>1239</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B319" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C319" t="s">
-        <v>1240</v>
+        <v>1256</v>
       </c>
       <c r="D319" t="s">
-        <v>1241</v>
+        <v>1257</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>1242</v>
+        <v>1258</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1243</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B320" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C320" t="s">
-        <v>1244</v>
+        <v>1260</v>
       </c>
       <c r="D320" t="s">
-        <v>1245</v>
+        <v>1261</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>1246</v>
+        <v>1262</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1247</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B321" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C321" t="s">
-        <v>1248</v>
+        <v>1264</v>
       </c>
       <c r="D321" t="s">
-        <v>1249</v>
+        <v>1265</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>1250</v>
+        <v>1266</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>1251</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B322" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C322" t="s">
-        <v>1252</v>
+        <v>1268</v>
       </c>
       <c r="D322" t="s">
-        <v>1253</v>
+        <v>1269</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>1254</v>
+        <v>1270</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1255</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B323" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C323" t="s">
-        <v>1256</v>
+        <v>1272</v>
       </c>
       <c r="D323" t="s">
-        <v>1257</v>
+        <v>1273</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>1258</v>
+        <v>1274</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1259</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B324" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C324" t="s">
-        <v>1260</v>
+        <v>181</v>
       </c>
       <c r="D324" t="s">
-        <v>1261</v>
+        <v>182</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>1262</v>
+        <v>1276</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>1263</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B325" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C325" t="s">
-        <v>1264</v>
+        <v>1278</v>
       </c>
       <c r="D325" t="s">
-        <v>1265</v>
+        <v>1279</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1267</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1215</v>
+        <v>1203</v>
       </c>
       <c r="B326" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="C326" t="s">
-        <v>1268</v>
+        <v>1282</v>
       </c>
       <c r="D326" t="s">
-        <v>1269</v>
+        <v>1283</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>1270</v>
+        <v>1284</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1271</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1215</v>
+        <v>1286</v>
       </c>
       <c r="B327" t="s">
-        <v>1216</v>
+        <v>1287</v>
       </c>
       <c r="C327" t="s">
-        <v>1272</v>
+        <v>1288</v>
       </c>
       <c r="D327" t="s">
-        <v>1273</v>
+        <v>1289</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>1274</v>
+        <v>1290</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>1275</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1215</v>
+        <v>1286</v>
       </c>
       <c r="B328" t="s">
-        <v>1216</v>
+        <v>1287</v>
       </c>
       <c r="C328" t="s">
-        <v>1276</v>
+        <v>1292</v>
       </c>
       <c r="D328" t="s">
-        <v>1277</v>
+        <v>1293</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>1278</v>
+        <v>1294</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1279</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1215</v>
+        <v>1286</v>
       </c>
       <c r="B329" t="s">
-        <v>1216</v>
+        <v>1287</v>
       </c>
       <c r="C329" t="s">
-        <v>1280</v>
+        <v>1296</v>
       </c>
       <c r="D329" t="s">
-        <v>1281</v>
+        <v>1297</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>1282</v>
+        <v>1298</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1283</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1215</v>
+        <v>1286</v>
       </c>
       <c r="B330" t="s">
-        <v>1216</v>
+        <v>1287</v>
       </c>
       <c r="C330" t="s">
-        <v>1284</v>
+        <v>1300</v>
       </c>
       <c r="D330" t="s">
-        <v>1285</v>
+        <v>1301</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>1286</v>
+        <v>1302</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1287</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1215</v>
+        <v>1286</v>
       </c>
       <c r="B331" t="s">
-        <v>1216</v>
+        <v>1287</v>
       </c>
       <c r="C331" t="s">
-        <v>177</v>
+        <v>1304</v>
       </c>
       <c r="D331" t="s">
-        <v>178</v>
+        <v>1305</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>1288</v>
+        <v>1306</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1289</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1215</v>
+        <v>1286</v>
       </c>
       <c r="B332" t="s">
-        <v>1216</v>
+        <v>1287</v>
       </c>
       <c r="C332" t="s">
-        <v>1290</v>
+        <v>1308</v>
       </c>
       <c r="D332" t="s">
-        <v>1291</v>
+        <v>1309</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1292</v>
+        <v>1310</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1293</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1215</v>
+        <v>1286</v>
       </c>
       <c r="B333" t="s">
-        <v>1216</v>
+        <v>1287</v>
       </c>
       <c r="C333" t="s">
-        <v>1294</v>
+        <v>1312</v>
       </c>
       <c r="D333" t="s">
-        <v>1295</v>
+        <v>1313</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>1296</v>
+        <v>1314</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1297</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1298</v>
+        <v>1316</v>
       </c>
       <c r="B334" t="s">
-        <v>1299</v>
+        <v>1317</v>
       </c>
       <c r="C334" t="s">
-        <v>1300</v>
+        <v>211</v>
       </c>
       <c r="D334" t="s">
-        <v>1301</v>
+        <v>212</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>1302</v>
+        <v>213</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1303</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1298</v>
+        <v>1316</v>
       </c>
       <c r="B335" t="s">
-        <v>1299</v>
+        <v>1317</v>
       </c>
       <c r="C335" t="s">
-        <v>1304</v>
+        <v>1319</v>
       </c>
       <c r="D335" t="s">
-        <v>1305</v>
+        <v>1320</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>1306</v>
+        <v>1321</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1307</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1298</v>
+        <v>1316</v>
       </c>
       <c r="B336" t="s">
-        <v>1299</v>
+        <v>1317</v>
       </c>
       <c r="C336" t="s">
-        <v>1308</v>
+        <v>1323</v>
       </c>
       <c r="D336" t="s">
-        <v>1309</v>
+        <v>1324</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>1310</v>
+        <v>1325</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1311</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1298</v>
+        <v>1316</v>
       </c>
       <c r="B337" t="s">
-        <v>1299</v>
+        <v>1317</v>
       </c>
       <c r="C337" t="s">
-        <v>1312</v>
+        <v>1327</v>
       </c>
       <c r="D337" t="s">
-        <v>1313</v>
+        <v>1328</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>1314</v>
+        <v>1329</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1315</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1298</v>
+        <v>1331</v>
       </c>
       <c r="B338" t="s">
-        <v>1299</v>
+        <v>1332</v>
       </c>
       <c r="C338" t="s">
-        <v>1316</v>
+        <v>1333</v>
       </c>
       <c r="D338" t="s">
-        <v>1317</v>
+        <v>1334</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>1318</v>
+        <v>1335</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1319</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1298</v>
+        <v>1331</v>
       </c>
       <c r="B339" t="s">
-        <v>1299</v>
+        <v>1332</v>
       </c>
       <c r="C339" t="s">
-        <v>1320</v>
+        <v>1337</v>
       </c>
       <c r="D339" t="s">
-        <v>1321</v>
+        <v>1338</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>1322</v>
+        <v>1339</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1323</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1298</v>
+        <v>1331</v>
       </c>
       <c r="B340" t="s">
-        <v>1299</v>
+        <v>1332</v>
       </c>
       <c r="C340" t="s">
-        <v>1324</v>
+        <v>1341</v>
       </c>
       <c r="D340" t="s">
-        <v>1325</v>
+        <v>1342</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>1326</v>
+        <v>1343</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1327</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="B341" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="C341" t="s">
-        <v>219</v>
+        <v>1345</v>
       </c>
       <c r="D341" t="s">
-        <v>220</v>
+        <v>1346</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>221</v>
+        <v>1347</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1330</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="B342" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="C342" t="s">
-        <v>1331</v>
+        <v>1349</v>
       </c>
       <c r="D342" t="s">
-        <v>1332</v>
+        <v>1350</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>1333</v>
+        <v>1351</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1334</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="B343" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="C343" t="s">
-        <v>1335</v>
+        <v>1353</v>
       </c>
       <c r="D343" t="s">
-        <v>1336</v>
+        <v>1353</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>1337</v>
+        <v>1354</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1338</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="B344" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="C344" t="s">
-        <v>1339</v>
+        <v>1356</v>
       </c>
       <c r="D344" t="s">
-        <v>1340</v>
+        <v>1357</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>1341</v>
+        <v>1358</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1342</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B345" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C345" t="s">
-        <v>1345</v>
+        <v>1360</v>
       </c>
       <c r="D345" t="s">
-        <v>1346</v>
+        <v>1361</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>1347</v>
+        <v>1362</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1348</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B346" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C346" t="s">
-        <v>1349</v>
+        <v>1364</v>
       </c>
       <c r="D346" t="s">
-        <v>1350</v>
+        <v>1365</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>1351</v>
+        <v>1366</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1352</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B347" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C347" t="s">
-        <v>1353</v>
+        <v>1368</v>
       </c>
       <c r="D347" t="s">
-        <v>1354</v>
+        <v>1369</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>1355</v>
+        <v>1370</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1356</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B348" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C348" t="s">
-        <v>1357</v>
+        <v>1372</v>
       </c>
       <c r="D348" t="s">
-        <v>1358</v>
+        <v>1373</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>1359</v>
+        <v>1374</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1360</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B349" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C349" t="s">
-        <v>1361</v>
+        <v>1376</v>
       </c>
       <c r="D349" t="s">
-        <v>1361</v>
+        <v>1377</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1362</v>
+        <v>1378</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1363</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B350" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C350" t="s">
-        <v>1364</v>
+        <v>1380</v>
       </c>
       <c r="D350" t="s">
-        <v>1365</v>
+        <v>1381</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1366</v>
+        <v>1382</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1367</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B351" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C351" t="s">
-        <v>1368</v>
+        <v>1384</v>
       </c>
       <c r="D351" t="s">
-        <v>1369</v>
+        <v>1385</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1370</v>
+        <v>1386</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1371</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B352" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C352" t="s">
-        <v>239</v>
+        <v>1388</v>
       </c>
       <c r="D352" t="s">
-        <v>240</v>
+        <v>1389</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>241</v>
+        <v>1390</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1372</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B353" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C353" t="s">
-        <v>1373</v>
+        <v>1392</v>
       </c>
       <c r="D353" t="s">
-        <v>1374</v>
+        <v>1393</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>1375</v>
+        <v>1394</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1376</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B354" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C354" t="s">
-        <v>1377</v>
+        <v>1396</v>
       </c>
       <c r="D354" t="s">
-        <v>1378</v>
+        <v>1397</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>1379</v>
+        <v>1398</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1380</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B355" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C355" t="s">
-        <v>1381</v>
+        <v>1400</v>
       </c>
       <c r="D355" t="s">
-        <v>1382</v>
+        <v>1401</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>1383</v>
+        <v>1402</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1384</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B356" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C356" t="s">
-        <v>1385</v>
+        <v>1404</v>
       </c>
       <c r="D356" t="s">
-        <v>1386</v>
+        <v>1405</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>1387</v>
+        <v>1406</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1388</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B357" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C357" t="s">
-        <v>1389</v>
+        <v>1408</v>
       </c>
       <c r="D357" t="s">
-        <v>1390</v>
+        <v>1409</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>1391</v>
+        <v>1410</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1392</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B358" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C358" t="s">
-        <v>1393</v>
+        <v>1412</v>
       </c>
       <c r="D358" t="s">
-        <v>1394</v>
+        <v>1413</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>1395</v>
+        <v>1414</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1396</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B359" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C359" t="s">
-        <v>1397</v>
+        <v>1416</v>
       </c>
       <c r="D359" t="s">
-        <v>1398</v>
+        <v>1417</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>1399</v>
+        <v>1418</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1400</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B360" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C360" t="s">
-        <v>1401</v>
+        <v>1420</v>
       </c>
       <c r="D360" t="s">
-        <v>1402</v>
+        <v>1421</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>1403</v>
+        <v>1422</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1404</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B361" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C361" t="s">
-        <v>1405</v>
+        <v>1424</v>
       </c>
       <c r="D361" t="s">
-        <v>1406</v>
+        <v>1425</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>1407</v>
+        <v>1426</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1408</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B362" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C362" t="s">
-        <v>1409</v>
+        <v>1428</v>
       </c>
       <c r="D362" t="s">
-        <v>1410</v>
+        <v>1429</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>1411</v>
+        <v>1430</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1412</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B363" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C363" t="s">
-        <v>1413</v>
+        <v>1432</v>
       </c>
       <c r="D363" t="s">
-        <v>1414</v>
+        <v>1433</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>1415</v>
+        <v>1434</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1416</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B364" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C364" t="s">
-        <v>1417</v>
+        <v>1436</v>
       </c>
       <c r="D364" t="s">
-        <v>1418</v>
+        <v>1437</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>1419</v>
+        <v>1438</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1420</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B365" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C365" t="s">
-        <v>1421</v>
+        <v>1440</v>
       </c>
       <c r="D365" t="s">
-        <v>1422</v>
+        <v>1441</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>1423</v>
+        <v>1442</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1424</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B366" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C366" t="s">
-        <v>1425</v>
+        <v>1444</v>
       </c>
       <c r="D366" t="s">
-        <v>1426</v>
+        <v>1445</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>1427</v>
+        <v>1446</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1428</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B367" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C367" t="s">
-        <v>1429</v>
+        <v>1448</v>
       </c>
       <c r="D367" t="s">
-        <v>1430</v>
+        <v>1449</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>1431</v>
+        <v>1450</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1432</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B368" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C368" t="s">
-        <v>1433</v>
+        <v>538</v>
       </c>
       <c r="D368" t="s">
-        <v>1434</v>
+        <v>539</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>1435</v>
+        <v>1452</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1436</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B369" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C369" t="s">
-        <v>556</v>
+        <v>1454</v>
       </c>
       <c r="D369" t="s">
-        <v>557</v>
+        <v>1455</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>1437</v>
+        <v>1456</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1438</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B370" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C370" t="s">
-        <v>1439</v>
+        <v>1458</v>
       </c>
       <c r="D370" t="s">
-        <v>1440</v>
+        <v>1459</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>1441</v>
+        <v>1460</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1442</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B371" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C371" t="s">
-        <v>560</v>
+        <v>1462</v>
       </c>
       <c r="D371" t="s">
-        <v>561</v>
+        <v>1463</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1443</v>
+        <v>1464</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1444</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B372" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C372" t="s">
-        <v>1445</v>
+        <v>1466</v>
       </c>
       <c r="D372" t="s">
-        <v>1446</v>
+        <v>1467</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>1447</v>
+        <v>1468</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1448</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B373" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C373" t="s">
-        <v>1449</v>
+        <v>1470</v>
       </c>
       <c r="D373" t="s">
-        <v>1450</v>
+        <v>1471</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>1451</v>
+        <v>1472</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1452</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B374" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C374" t="s">
-        <v>1453</v>
+        <v>1327</v>
       </c>
       <c r="D374" t="s">
-        <v>1454</v>
+        <v>1328</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1455</v>
+        <v>1329</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1456</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B375" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C375" t="s">
-        <v>1457</v>
+        <v>1475</v>
       </c>
       <c r="D375" t="s">
-        <v>1458</v>
+        <v>1476</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>1459</v>
+        <v>1477</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1460</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B376" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C376" t="s">
-        <v>1339</v>
+        <v>1479</v>
       </c>
       <c r="D376" t="s">
-        <v>1340</v>
+        <v>1480</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>1341</v>
+        <v>1481</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1461</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B377" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C377" t="s">
-        <v>1462</v>
+        <v>1483</v>
       </c>
       <c r="D377" t="s">
-        <v>1463</v>
+        <v>1484</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>1464</v>
+        <v>1485</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1465</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B378" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C378" t="s">
-        <v>1466</v>
+        <v>1487</v>
       </c>
       <c r="D378" t="s">
-        <v>1467</v>
+        <v>1488</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1468</v>
+        <v>1489</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1469</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B379" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C379" t="s">
-        <v>1470</v>
+        <v>1491</v>
       </c>
       <c r="D379" t="s">
-        <v>1471</v>
+        <v>1492</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>1472</v>
+        <v>1493</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1473</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B380" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C380" t="s">
-        <v>1474</v>
+        <v>1495</v>
       </c>
       <c r="D380" t="s">
-        <v>1475</v>
+        <v>1496</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1476</v>
+        <v>1497</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1477</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B381" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C381" t="s">
-        <v>1478</v>
+        <v>1499</v>
       </c>
       <c r="D381" t="s">
-        <v>1479</v>
+        <v>1500</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1480</v>
+        <v>1501</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1481</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="B382" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
       <c r="C382" t="s">
-        <v>1482</v>
+        <v>1503</v>
       </c>
       <c r="D382" t="s">
-        <v>1483</v>
+        <v>1504</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1484</v>
+        <v>1505</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1485</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1343</v>
+        <v>1507</v>
       </c>
       <c r="B383" t="s">
-        <v>1344</v>
+        <v>1508</v>
       </c>
       <c r="C383" t="s">
-        <v>1486</v>
+        <v>1509</v>
       </c>
       <c r="D383" t="s">
-        <v>1487</v>
+        <v>1510</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1488</v>
+        <v>1511</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1489</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1343</v>
+        <v>1507</v>
       </c>
       <c r="B384" t="s">
-        <v>1344</v>
+        <v>1508</v>
       </c>
       <c r="C384" t="s">
-        <v>1490</v>
+        <v>338</v>
       </c>
       <c r="D384" t="s">
-        <v>1491</v>
+        <v>339</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1492</v>
+        <v>1513</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1493</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B385" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C385" t="s">
-        <v>1496</v>
+        <v>1515</v>
       </c>
       <c r="D385" t="s">
-        <v>1497</v>
+        <v>1516</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>1498</v>
+        <v>1517</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1499</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B386" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C386" t="s">
-        <v>199</v>
+        <v>1519</v>
       </c>
       <c r="D386" t="s">
-        <v>200</v>
+        <v>1520</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1500</v>
+        <v>1521</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1501</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B387" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C387" t="s">
-        <v>1502</v>
+        <v>1523</v>
       </c>
       <c r="D387" t="s">
-        <v>1503</v>
+        <v>1524</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>1504</v>
+        <v>1525</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1505</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B388" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C388" t="s">
-        <v>1506</v>
+        <v>1527</v>
       </c>
       <c r="D388" t="s">
-        <v>1507</v>
+        <v>1528</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>1508</v>
+        <v>1529</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1509</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B389" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C389" t="s">
-        <v>1510</v>
+        <v>1531</v>
       </c>
       <c r="D389" t="s">
-        <v>1511</v>
+        <v>1532</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1513</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B390" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C390" t="s">
-        <v>1514</v>
+        <v>1535</v>
       </c>
       <c r="D390" t="s">
-        <v>1515</v>
+        <v>1536</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1516</v>
+        <v>1537</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1517</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B391" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C391" t="s">
-        <v>1518</v>
+        <v>1539</v>
       </c>
       <c r="D391" t="s">
-        <v>1519</v>
+        <v>1540</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1520</v>
+        <v>1541</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1521</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B392" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C392" t="s">
-        <v>1522</v>
+        <v>1543</v>
       </c>
       <c r="D392" t="s">
-        <v>1523</v>
+        <v>1544</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1524</v>
+        <v>1545</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1525</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B393" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C393" t="s">
-        <v>1526</v>
+        <v>1547</v>
       </c>
       <c r="D393" t="s">
-        <v>1527</v>
+        <v>1548</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>1528</v>
+        <v>1549</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1529</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B394" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C394" t="s">
-        <v>1530</v>
+        <v>1551</v>
       </c>
       <c r="D394" t="s">
-        <v>1531</v>
+        <v>1552</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1532</v>
+        <v>1553</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1533</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B395" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C395" t="s">
-        <v>1534</v>
+        <v>1555</v>
       </c>
       <c r="D395" t="s">
-        <v>1535</v>
+        <v>1556</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>1536</v>
+        <v>1557</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1537</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B396" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C396" t="s">
-        <v>1538</v>
+        <v>1559</v>
       </c>
       <c r="D396" t="s">
-        <v>1539</v>
+        <v>1560</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>1540</v>
+        <v>1561</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1541</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B397" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C397" t="s">
-        <v>1542</v>
+        <v>1563</v>
       </c>
       <c r="D397" t="s">
-        <v>1543</v>
+        <v>1564</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1544</v>
+        <v>1565</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1545</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B398" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C398" t="s">
-        <v>1546</v>
+        <v>1567</v>
       </c>
       <c r="D398" t="s">
-        <v>1547</v>
+        <v>1568</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>1548</v>
+        <v>1569</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1549</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B399" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C399" t="s">
-        <v>1550</v>
+        <v>1571</v>
       </c>
       <c r="D399" t="s">
-        <v>1551</v>
+        <v>1572</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>1552</v>
+        <v>1573</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1553</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="B400" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="C400" t="s">
-        <v>1554</v>
+        <v>1181</v>
       </c>
       <c r="D400" t="s">
-        <v>1555</v>
+        <v>1182</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1556</v>
+        <v>1575</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1557</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1494</v>
+        <v>1577</v>
       </c>
       <c r="B401" t="s">
-        <v>1495</v>
+        <v>1578</v>
       </c>
       <c r="C401" t="s">
-        <v>267</v>
+        <v>1579</v>
       </c>
       <c r="D401" t="s">
-        <v>268</v>
+        <v>1580</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>418</v>
+        <v>1581</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1558</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1494</v>
+        <v>1577</v>
       </c>
       <c r="B402" t="s">
-        <v>1495</v>
+        <v>1578</v>
       </c>
       <c r="C402" t="s">
-        <v>1559</v>
+        <v>1583</v>
       </c>
       <c r="D402" t="s">
-        <v>1560</v>
+        <v>1584</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1561</v>
+        <v>1585</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1562</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1494</v>
+        <v>1577</v>
       </c>
       <c r="B403" t="s">
-        <v>1495</v>
+        <v>1578</v>
       </c>
       <c r="C403" t="s">
-        <v>1563</v>
+        <v>1587</v>
       </c>
       <c r="D403" t="s">
-        <v>1564</v>
+        <v>1588</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1565</v>
+        <v>1589</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1566</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1494</v>
+        <v>1577</v>
       </c>
       <c r="B404" t="s">
-        <v>1495</v>
+        <v>1578</v>
       </c>
       <c r="C404" t="s">
-        <v>1189</v>
+        <v>281</v>
       </c>
       <c r="D404" t="s">
-        <v>1190</v>
+        <v>282</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1567</v>
+        <v>1591</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1568</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B405" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C405" t="s">
-        <v>1571</v>
+        <v>502</v>
       </c>
       <c r="D405" t="s">
-        <v>1572</v>
+        <v>503</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1573</v>
+        <v>1593</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1574</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B406" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C406" t="s">
-        <v>1575</v>
+        <v>1595</v>
       </c>
       <c r="D406" t="s">
-        <v>1576</v>
+        <v>1596</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1577</v>
+        <v>1597</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1578</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B407" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C407" t="s">
-        <v>1579</v>
+        <v>293</v>
       </c>
       <c r="D407" t="s">
-        <v>1580</v>
+        <v>294</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1581</v>
+        <v>295</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1582</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B408" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C408" t="s">
-        <v>297</v>
+        <v>1600</v>
       </c>
       <c r="D408" t="s">
-        <v>298</v>
+        <v>1601</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1583</v>
+        <v>1602</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1584</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B409" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C409" t="s">
-        <v>520</v>
+        <v>1604</v>
       </c>
       <c r="D409" t="s">
-        <v>521</v>
+        <v>1605</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1585</v>
+        <v>1606</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1586</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B410" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C410" t="s">
-        <v>1587</v>
+        <v>1608</v>
       </c>
       <c r="D410" t="s">
-        <v>1588</v>
+        <v>1609</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1589</v>
+        <v>1610</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1590</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B411" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C411" t="s">
-        <v>309</v>
+        <v>1612</v>
       </c>
       <c r="D411" t="s">
-        <v>310</v>
+        <v>1613</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>1591</v>
+        <v>1614</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1592</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B412" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C412" t="s">
-        <v>313</v>
+        <v>1616</v>
       </c>
       <c r="D412" t="s">
-        <v>314</v>
+        <v>1617</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>315</v>
+        <v>1618</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1593</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B413" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C413" t="s">
-        <v>1594</v>
+        <v>301</v>
       </c>
       <c r="D413" t="s">
-        <v>1595</v>
+        <v>302</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1596</v>
+        <v>303</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1597</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B414" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C414" t="s">
-        <v>1598</v>
+        <v>1621</v>
       </c>
       <c r="D414" t="s">
-        <v>1599</v>
+        <v>1622</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1600</v>
+        <v>1623</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1601</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B415" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C415" t="s">
-        <v>1602</v>
+        <v>832</v>
       </c>
       <c r="D415" t="s">
-        <v>1603</v>
+        <v>833</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1604</v>
+        <v>1141</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1605</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B416" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C416" t="s">
-        <v>1606</v>
+        <v>840</v>
       </c>
       <c r="D416" t="s">
-        <v>1607</v>
+        <v>841</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1608</v>
+        <v>1626</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1609</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B417" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C417" t="s">
-        <v>1610</v>
+        <v>313</v>
       </c>
       <c r="D417" t="s">
-        <v>1611</v>
+        <v>314</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>1612</v>
+        <v>315</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1613</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="B418" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C418" t="s">
-        <v>1614</v>
+        <v>562</v>
       </c>
       <c r="D418" t="s">
-        <v>1615</v>
+        <v>563</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1616</v>
+        <v>564</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1617</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1569</v>
+        <v>1630</v>
       </c>
       <c r="B419" t="s">
-        <v>1570</v>
+        <v>1631</v>
       </c>
       <c r="C419" t="s">
-        <v>321</v>
+        <v>1632</v>
       </c>
       <c r="D419" t="s">
-        <v>322</v>
+        <v>1633</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>323</v>
+        <v>1634</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1618</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1569</v>
+        <v>1630</v>
       </c>
       <c r="B420" t="s">
-        <v>1570</v>
+        <v>1631</v>
       </c>
       <c r="C420" t="s">
-        <v>556</v>
+        <v>1636</v>
       </c>
       <c r="D420" t="s">
-        <v>557</v>
+        <v>1637</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1619</v>
+        <v>1638</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1620</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1569</v>
+        <v>1630</v>
       </c>
       <c r="B421" t="s">
-        <v>1570</v>
+        <v>1631</v>
       </c>
       <c r="C421" t="s">
-        <v>1621</v>
+        <v>1640</v>
       </c>
       <c r="D421" t="s">
-        <v>1622</v>
+        <v>1641</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1623</v>
+        <v>1642</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1624</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1569</v>
+        <v>1630</v>
       </c>
       <c r="B422" t="s">
-        <v>1570</v>
+        <v>1631</v>
       </c>
       <c r="C422" t="s">
-        <v>862</v>
+        <v>1644</v>
       </c>
       <c r="D422" t="s">
-        <v>863</v>
+        <v>1645</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1157</v>
+        <v>1646</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1625</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1569</v>
+        <v>1630</v>
       </c>
       <c r="B423" t="s">
-        <v>1570</v>
+        <v>1631</v>
       </c>
       <c r="C423" t="s">
-        <v>870</v>
+        <v>1648</v>
       </c>
       <c r="D423" t="s">
-        <v>871</v>
+        <v>1649</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1626</v>
+        <v>1650</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1627</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1569</v>
+        <v>1630</v>
       </c>
       <c r="B424" t="s">
-        <v>1570</v>
+        <v>1631</v>
       </c>
       <c r="C424" t="s">
-        <v>333</v>
+        <v>1652</v>
       </c>
       <c r="D424" t="s">
-        <v>334</v>
+        <v>1653</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>335</v>
+        <v>1654</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1628</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1569</v>
+        <v>1630</v>
       </c>
       <c r="B425" t="s">
-        <v>1570</v>
+        <v>1631</v>
       </c>
       <c r="C425" t="s">
-        <v>337</v>
+        <v>1656</v>
       </c>
       <c r="D425" t="s">
-        <v>338</v>
+        <v>1657</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1629</v>
+        <v>1658</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1630</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1569</v>
+        <v>1630</v>
       </c>
       <c r="B426" t="s">
-        <v>1570</v>
+        <v>1631</v>
       </c>
       <c r="C426" t="s">
-        <v>588</v>
+        <v>1660</v>
       </c>
       <c r="D426" t="s">
-        <v>589</v>
+        <v>1661</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>590</v>
+        <v>1662</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1631</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B427" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C427" t="s">
-        <v>1634</v>
+        <v>1664</v>
       </c>
       <c r="D427" t="s">
-        <v>1635</v>
+        <v>1665</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1636</v>
+        <v>1666</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1637</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B428" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C428" t="s">
-        <v>1638</v>
+        <v>1668</v>
       </c>
       <c r="D428" t="s">
-        <v>1639</v>
+        <v>1669</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1640</v>
+        <v>1670</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1641</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B429" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C429" t="s">
-        <v>1642</v>
+        <v>1672</v>
       </c>
       <c r="D429" t="s">
-        <v>1643</v>
+        <v>1673</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1644</v>
+        <v>1674</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1645</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B430" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C430" t="s">
-        <v>1646</v>
+        <v>1676</v>
       </c>
       <c r="D430" t="s">
-        <v>1647</v>
+        <v>1677</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1648</v>
+        <v>1678</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1649</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B431" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C431" t="s">
-        <v>1650</v>
+        <v>1680</v>
       </c>
       <c r="D431" t="s">
-        <v>1651</v>
+        <v>1681</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1652</v>
+        <v>1682</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1653</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B432" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C432" t="s">
-        <v>1654</v>
+        <v>1684</v>
       </c>
       <c r="D432" t="s">
-        <v>1655</v>
+        <v>1685</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1656</v>
+        <v>1686</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1657</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B433" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C433" t="s">
-        <v>1658</v>
+        <v>1688</v>
       </c>
       <c r="D433" t="s">
-        <v>1659</v>
+        <v>1689</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1660</v>
+        <v>1690</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1661</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B434" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C434" t="s">
-        <v>1662</v>
+        <v>1692</v>
       </c>
       <c r="D434" t="s">
-        <v>1663</v>
+        <v>1693</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1664</v>
+        <v>1694</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1665</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B435" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C435" t="s">
-        <v>1666</v>
+        <v>1696</v>
       </c>
       <c r="D435" t="s">
-        <v>1667</v>
+        <v>1697</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1668</v>
+        <v>1698</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1669</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B436" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C436" t="s">
-        <v>1670</v>
+        <v>1700</v>
       </c>
       <c r="D436" t="s">
-        <v>1671</v>
+        <v>1701</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1672</v>
+        <v>1702</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1673</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B437" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C437" t="s">
-        <v>1674</v>
+        <v>1704</v>
       </c>
       <c r="D437" t="s">
-        <v>1675</v>
+        <v>1705</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1676</v>
+        <v>1706</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1677</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B438" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C438" t="s">
-        <v>1678</v>
+        <v>1708</v>
       </c>
       <c r="D438" t="s">
-        <v>1679</v>
+        <v>1709</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1680</v>
+        <v>1710</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1681</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B439" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C439" t="s">
-        <v>1682</v>
+        <v>1712</v>
       </c>
       <c r="D439" t="s">
-        <v>1683</v>
+        <v>1713</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1684</v>
+        <v>1714</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1685</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B440" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C440" t="s">
-        <v>1686</v>
+        <v>1716</v>
       </c>
       <c r="D440" t="s">
-        <v>1687</v>
+        <v>1717</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>1688</v>
+        <v>1718</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1689</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B441" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C441" t="s">
-        <v>1690</v>
+        <v>1720</v>
       </c>
       <c r="D441" t="s">
-        <v>1691</v>
+        <v>1721</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1692</v>
+        <v>1722</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1693</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B442" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C442" t="s">
-        <v>1694</v>
+        <v>1724</v>
       </c>
       <c r="D442" t="s">
-        <v>1695</v>
+        <v>1725</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1696</v>
+        <v>1726</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1697</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B443" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C443" t="s">
-        <v>1698</v>
+        <v>1728</v>
       </c>
       <c r="D443" t="s">
-        <v>1699</v>
+        <v>1729</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1700</v>
+        <v>1730</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1701</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B444" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C444" t="s">
-        <v>1702</v>
+        <v>1732</v>
       </c>
       <c r="D444" t="s">
-        <v>1703</v>
+        <v>1733</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1704</v>
+        <v>1734</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1705</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B445" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C445" t="s">
-        <v>1706</v>
+        <v>1736</v>
       </c>
       <c r="D445" t="s">
-        <v>1707</v>
+        <v>1737</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1708</v>
+        <v>1738</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1709</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B446" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C446" t="s">
-        <v>1710</v>
+        <v>1740</v>
       </c>
       <c r="D446" t="s">
-        <v>1711</v>
+        <v>1741</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1712</v>
+        <v>1742</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1713</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B447" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C447" t="s">
-        <v>1714</v>
+        <v>1744</v>
       </c>
       <c r="D447" t="s">
-        <v>1715</v>
+        <v>1745</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1716</v>
+        <v>1746</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1717</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B448" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C448" t="s">
-        <v>1718</v>
+        <v>1748</v>
       </c>
       <c r="D448" t="s">
-        <v>1719</v>
+        <v>1749</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1720</v>
+        <v>1750</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1721</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B449" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C449" t="s">
-        <v>1722</v>
+        <v>1752</v>
       </c>
       <c r="D449" t="s">
-        <v>1723</v>
+        <v>1753</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1724</v>
+        <v>1754</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1725</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B450" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C450" t="s">
-        <v>1726</v>
+        <v>1756</v>
       </c>
       <c r="D450" t="s">
-        <v>1727</v>
+        <v>1757</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1728</v>
+        <v>1758</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1729</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B451" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C451" t="s">
-        <v>1730</v>
+        <v>1760</v>
       </c>
       <c r="D451" t="s">
-        <v>1731</v>
+        <v>1761</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>1732</v>
+        <v>1762</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1733</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B452" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C452" t="s">
-        <v>1734</v>
+        <v>1764</v>
       </c>
       <c r="D452" t="s">
-        <v>1735</v>
+        <v>1765</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1736</v>
+        <v>1766</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1737</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B453" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C453" t="s">
-        <v>1738</v>
+        <v>1768</v>
       </c>
       <c r="D453" t="s">
-        <v>1739</v>
+        <v>1769</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1740</v>
+        <v>1770</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1741</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B454" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C454" t="s">
-        <v>1742</v>
+        <v>1772</v>
       </c>
       <c r="D454" t="s">
-        <v>1743</v>
+        <v>1773</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1744</v>
+        <v>1774</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1745</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B455" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C455" t="s">
-        <v>1746</v>
+        <v>1776</v>
       </c>
       <c r="D455" t="s">
-        <v>1747</v>
+        <v>1777</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>1748</v>
+        <v>1778</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1749</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B456" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C456" t="s">
-        <v>1750</v>
+        <v>1780</v>
       </c>
       <c r="D456" t="s">
-        <v>1751</v>
+        <v>1781</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>1752</v>
+        <v>1782</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1753</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B457" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C457" t="s">
-        <v>1754</v>
+        <v>1784</v>
       </c>
       <c r="D457" t="s">
-        <v>1755</v>
+        <v>1785</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1756</v>
+        <v>1786</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1757</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B458" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C458" t="s">
-        <v>1758</v>
+        <v>1788</v>
       </c>
       <c r="D458" t="s">
-        <v>1759</v>
+        <v>1789</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1760</v>
+        <v>1790</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1761</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B459" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C459" t="s">
-        <v>1762</v>
+        <v>1792</v>
       </c>
       <c r="D459" t="s">
-        <v>1763</v>
+        <v>1793</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>1764</v>
+        <v>1794</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1765</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B460" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C460" t="s">
-        <v>1766</v>
+        <v>1796</v>
       </c>
       <c r="D460" t="s">
-        <v>1767</v>
+        <v>1797</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1768</v>
+        <v>1798</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1769</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B461" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C461" t="s">
-        <v>1770</v>
+        <v>1800</v>
       </c>
       <c r="D461" t="s">
-        <v>1771</v>
+        <v>1801</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>1772</v>
+        <v>1802</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1773</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B462" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C462" t="s">
-        <v>267</v>
+        <v>1804</v>
       </c>
       <c r="D462" t="s">
-        <v>268</v>
+        <v>1805</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>1774</v>
+        <v>1806</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1775</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B463" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C463" t="s">
-        <v>1776</v>
+        <v>1808</v>
       </c>
       <c r="D463" t="s">
-        <v>1777</v>
+        <v>1809</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1778</v>
+        <v>1810</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1779</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B464" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C464" t="s">
-        <v>1780</v>
+        <v>1812</v>
       </c>
       <c r="D464" t="s">
-        <v>1781</v>
+        <v>1813</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1782</v>
+        <v>1814</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1783</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B465" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C465" t="s">
-        <v>1784</v>
+        <v>1816</v>
       </c>
       <c r="D465" t="s">
-        <v>1785</v>
+        <v>1817</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1786</v>
+        <v>1818</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1787</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B466" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C466" t="s">
-        <v>1788</v>
+        <v>1820</v>
       </c>
       <c r="D466" t="s">
-        <v>1789</v>
+        <v>1821</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1790</v>
+        <v>1822</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1791</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B467" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C467" t="s">
-        <v>1792</v>
+        <v>1824</v>
       </c>
       <c r="D467" t="s">
-        <v>1793</v>
+        <v>1825</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1794</v>
+        <v>1826</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1795</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B468" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="C468" t="s">
-        <v>1796</v>
+        <v>1828</v>
       </c>
       <c r="D468" t="s">
-        <v>1797</v>
+        <v>1829</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1798</v>
+        <v>1830</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1799</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1632</v>
+        <v>1832</v>
       </c>
       <c r="B469" t="s">
-        <v>1633</v>
+        <v>1833</v>
       </c>
       <c r="C469" t="s">
-        <v>1800</v>
+        <v>1834</v>
       </c>
       <c r="D469" t="s">
-        <v>1801</v>
+        <v>1835</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1802</v>
+        <v>1836</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1803</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1632</v>
+        <v>1832</v>
       </c>
       <c r="B470" t="s">
-        <v>1633</v>
+        <v>1833</v>
       </c>
       <c r="C470" t="s">
-        <v>1804</v>
+        <v>1838</v>
       </c>
       <c r="D470" t="s">
-        <v>1805</v>
+        <v>1839</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1806</v>
+        <v>1840</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1807</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1632</v>
+        <v>1832</v>
       </c>
       <c r="B471" t="s">
-        <v>1633</v>
+        <v>1833</v>
       </c>
       <c r="C471" t="s">
-        <v>1808</v>
+        <v>1842</v>
       </c>
       <c r="D471" t="s">
-        <v>1809</v>
+        <v>1843</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1810</v>
+        <v>1844</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1811</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1812</v>
+        <v>1832</v>
       </c>
       <c r="B472" t="s">
-        <v>1813</v>
+        <v>1833</v>
       </c>
       <c r="C472" t="s">
-        <v>1814</v>
+        <v>1846</v>
       </c>
       <c r="D472" t="s">
-        <v>1815</v>
+        <v>1847</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1816</v>
+        <v>1848</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1817</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1812</v>
+        <v>1832</v>
       </c>
       <c r="B473" t="s">
-        <v>1813</v>
+        <v>1833</v>
       </c>
       <c r="C473" t="s">
-        <v>1818</v>
+        <v>1850</v>
       </c>
       <c r="D473" t="s">
-        <v>1819</v>
+        <v>1851</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1820</v>
+        <v>1852</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1821</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1812</v>
+        <v>1832</v>
       </c>
       <c r="B474" t="s">
-        <v>1813</v>
+        <v>1833</v>
       </c>
       <c r="C474" t="s">
-        <v>1822</v>
+        <v>1854</v>
       </c>
       <c r="D474" t="s">
-        <v>1823</v>
+        <v>1855</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1824</v>
+        <v>1856</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1825</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1812</v>
+        <v>1858</v>
       </c>
       <c r="B475" t="s">
-        <v>1813</v>
+        <v>1859</v>
       </c>
       <c r="C475" t="s">
-        <v>1826</v>
+        <v>1860</v>
       </c>
       <c r="D475" t="s">
-        <v>1827</v>
+        <v>1861</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1828</v>
+        <v>1862</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1829</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1812</v>
+        <v>1858</v>
       </c>
       <c r="B476" t="s">
-        <v>1813</v>
+        <v>1859</v>
       </c>
       <c r="C476" t="s">
-        <v>1830</v>
+        <v>1664</v>
       </c>
       <c r="D476" t="s">
-        <v>1831</v>
+        <v>1665</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1832</v>
+        <v>1864</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1833</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1812</v>
+        <v>1858</v>
       </c>
       <c r="B477" t="s">
-        <v>1813</v>
+        <v>1859</v>
       </c>
       <c r="C477" t="s">
-        <v>1834</v>
+        <v>1866</v>
       </c>
       <c r="D477" t="s">
-        <v>1835</v>
+        <v>1867</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1836</v>
+        <v>1868</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1837</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1838</v>
+        <v>1858</v>
       </c>
       <c r="B478" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
       <c r="C478" t="s">
-        <v>1840</v>
+        <v>1716</v>
       </c>
       <c r="D478" t="s">
-        <v>1841</v>
+        <v>1717</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1842</v>
+        <v>1870</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1843</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1838</v>
+        <v>1858</v>
       </c>
       <c r="B479" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
       <c r="C479" t="s">
-        <v>1666</v>
+        <v>1732</v>
       </c>
       <c r="D479" t="s">
-        <v>1667</v>
+        <v>1733</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1844</v>
+        <v>1872</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1845</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1838</v>
+        <v>1858</v>
       </c>
       <c r="B480" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
       <c r="C480" t="s">
-        <v>1846</v>
+        <v>1772</v>
       </c>
       <c r="D480" t="s">
-        <v>1847</v>
+        <v>1773</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1848</v>
+        <v>1874</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1849</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1838</v>
+        <v>1858</v>
       </c>
       <c r="B481" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
       <c r="C481" t="s">
-        <v>1710</v>
+        <v>1876</v>
       </c>
       <c r="D481" t="s">
-        <v>1711</v>
+        <v>1877</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1850</v>
+        <v>1878</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1851</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1838</v>
+        <v>1858</v>
       </c>
       <c r="B482" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
       <c r="C482" t="s">
-        <v>1726</v>
+        <v>1776</v>
       </c>
       <c r="D482" t="s">
-        <v>1727</v>
+        <v>1777</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>1852</v>
+        <v>1880</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1853</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1838</v>
+        <v>1858</v>
       </c>
       <c r="B483" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
       <c r="C483" t="s">
-        <v>1758</v>
+        <v>1804</v>
       </c>
       <c r="D483" t="s">
-        <v>1759</v>
+        <v>1805</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1854</v>
+        <v>1806</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1855</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1838</v>
+        <v>1858</v>
       </c>
       <c r="B484" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
       <c r="C484" t="s">
-        <v>1856</v>
+        <v>1808</v>
       </c>
       <c r="D484" t="s">
-        <v>1857</v>
+        <v>1809</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1858</v>
+        <v>1810</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1859</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1838</v>
+        <v>1884</v>
       </c>
       <c r="B485" t="s">
-        <v>1839</v>
+        <v>1885</v>
       </c>
       <c r="C485" t="s">
-        <v>1762</v>
+        <v>502</v>
       </c>
       <c r="D485" t="s">
-        <v>1763</v>
+        <v>503</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1860</v>
+        <v>1593</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1861</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1838</v>
+        <v>1884</v>
       </c>
       <c r="B486" t="s">
-        <v>1839</v>
+        <v>1885</v>
       </c>
       <c r="C486" t="s">
-        <v>1784</v>
+        <v>1887</v>
       </c>
       <c r="D486" t="s">
-        <v>1785</v>
+        <v>1888</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1786</v>
+        <v>1889</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1862</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1838</v>
+        <v>1884</v>
       </c>
       <c r="B487" t="s">
-        <v>1839</v>
+        <v>1885</v>
       </c>
       <c r="C487" t="s">
-        <v>1788</v>
+        <v>1891</v>
       </c>
       <c r="D487" t="s">
-        <v>1789</v>
+        <v>1892</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1790</v>
+        <v>1893</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1863</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B488" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C488" t="s">
-        <v>520</v>
+        <v>863</v>
       </c>
       <c r="D488" t="s">
-        <v>521</v>
+        <v>864</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>1585</v>
+        <v>1895</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1866</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B489" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C489" t="s">
-        <v>1867</v>
+        <v>1897</v>
       </c>
       <c r="D489" t="s">
-        <v>1868</v>
+        <v>1898</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1869</v>
+        <v>1899</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1870</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B490" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C490" t="s">
-        <v>1871</v>
+        <v>1901</v>
       </c>
       <c r="D490" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1873</v>
+        <v>1903</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1874</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B491" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C491" t="s">
-        <v>893</v>
+        <v>293</v>
       </c>
       <c r="D491" t="s">
-        <v>894</v>
+        <v>294</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1875</v>
+        <v>295</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1876</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B492" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C492" t="s">
-        <v>309</v>
+        <v>1612</v>
       </c>
       <c r="D492" t="s">
-        <v>310</v>
+        <v>1613</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1877</v>
+        <v>1906</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1878</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B493" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C493" t="s">
-        <v>1879</v>
+        <v>1908</v>
       </c>
       <c r="D493" t="s">
-        <v>1880</v>
+        <v>1909</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1881</v>
+        <v>1910</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1882</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B494" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C494" t="s">
-        <v>313</v>
+        <v>1912</v>
       </c>
       <c r="D494" t="s">
-        <v>314</v>
+        <v>1913</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>315</v>
+        <v>1914</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1883</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B495" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C495" t="s">
-        <v>1606</v>
+        <v>1916</v>
       </c>
       <c r="D495" t="s">
-        <v>1607</v>
+        <v>1917</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>1884</v>
+        <v>1918</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1885</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B496" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C496" t="s">
-        <v>1886</v>
+        <v>301</v>
       </c>
       <c r="D496" t="s">
-        <v>1887</v>
+        <v>302</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>1888</v>
+        <v>303</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1889</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B497" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C497" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="D497" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>1890</v>
+        <v>1921</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1891</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B498" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C498" t="s">
-        <v>1892</v>
+        <v>1923</v>
       </c>
       <c r="D498" t="s">
-        <v>1893</v>
+        <v>1924</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1894</v>
+        <v>1925</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1895</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B499" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C499" t="s">
-        <v>321</v>
+        <v>305</v>
       </c>
       <c r="D499" t="s">
-        <v>322</v>
+        <v>306</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>323</v>
+        <v>307</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1896</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B500" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C500" t="s">
-        <v>267</v>
+        <v>832</v>
       </c>
       <c r="D500" t="s">
-        <v>268</v>
+        <v>833</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>1897</v>
+        <v>1141</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1898</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B501" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C501" t="s">
-        <v>1621</v>
+        <v>836</v>
       </c>
       <c r="D501" t="s">
-        <v>1622</v>
+        <v>837</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>1899</v>
+        <v>1929</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1900</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B502" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C502" t="s">
-        <v>1901</v>
+        <v>313</v>
       </c>
       <c r="D502" t="s">
-        <v>1902</v>
+        <v>314</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>1903</v>
+        <v>315</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1904</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B503" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C503" t="s">
-        <v>325</v>
+        <v>1932</v>
       </c>
       <c r="D503" t="s">
-        <v>326</v>
+        <v>1933</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>327</v>
+        <v>1934</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1905</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B504" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="C504" t="s">
-        <v>862</v>
+        <v>317</v>
       </c>
       <c r="D504" t="s">
-        <v>863</v>
+        <v>318</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>1157</v>
+        <v>319</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1906</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1864</v>
+        <v>1937</v>
       </c>
       <c r="B505" t="s">
-        <v>1865</v>
+        <v>1938</v>
       </c>
       <c r="C505" t="s">
-        <v>866</v>
+        <v>1939</v>
       </c>
       <c r="D505" t="s">
-        <v>867</v>
+        <v>1940</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>1907</v>
+        <v>1941</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1908</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1864</v>
+        <v>1937</v>
       </c>
       <c r="B506" t="s">
-        <v>1865</v>
+        <v>1938</v>
       </c>
       <c r="C506" t="s">
-        <v>333</v>
+        <v>1943</v>
       </c>
       <c r="D506" t="s">
-        <v>334</v>
+        <v>1944</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>335</v>
+        <v>1945</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1909</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1864</v>
+        <v>1937</v>
       </c>
       <c r="B507" t="s">
-        <v>1865</v>
+        <v>1938</v>
       </c>
       <c r="C507" t="s">
-        <v>1910</v>
+        <v>1947</v>
       </c>
       <c r="D507" t="s">
-        <v>1911</v>
+        <v>1948</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>1912</v>
+        <v>1949</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1913</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1864</v>
+        <v>1937</v>
       </c>
       <c r="B508" t="s">
-        <v>1865</v>
+        <v>1938</v>
       </c>
       <c r="C508" t="s">
-        <v>337</v>
+        <v>1951</v>
       </c>
       <c r="D508" t="s">
-        <v>338</v>
+        <v>1952</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>339</v>
+        <v>1953</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1914</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1915</v>
+        <v>1937</v>
       </c>
       <c r="B509" t="s">
-        <v>1916</v>
+        <v>1938</v>
       </c>
       <c r="C509" t="s">
-        <v>1917</v>
+        <v>1955</v>
       </c>
       <c r="D509" t="s">
-        <v>1918</v>
+        <v>1956</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>1919</v>
+        <v>1957</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1920</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1915</v>
+        <v>1937</v>
       </c>
       <c r="B510" t="s">
-        <v>1916</v>
+        <v>1938</v>
       </c>
       <c r="C510" t="s">
-        <v>1921</v>
+        <v>65</v>
       </c>
       <c r="D510" t="s">
-        <v>1922</v>
+        <v>66</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>1923</v>
+        <v>1959</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1924</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1915</v>
+        <v>1961</v>
       </c>
       <c r="B511" t="s">
-        <v>1916</v>
+        <v>1962</v>
       </c>
       <c r="C511" t="s">
-        <v>1925</v>
+        <v>1963</v>
       </c>
       <c r="D511" t="s">
-        <v>1926</v>
+        <v>1964</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>1927</v>
+        <v>1965</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1928</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1915</v>
+        <v>1961</v>
       </c>
       <c r="B512" t="s">
-        <v>1916</v>
+        <v>1962</v>
       </c>
       <c r="C512" t="s">
-        <v>1929</v>
+        <v>1967</v>
       </c>
       <c r="D512" t="s">
-        <v>1930</v>
+        <v>1968</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>1931</v>
+        <v>1969</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1932</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1915</v>
+        <v>1961</v>
       </c>
       <c r="B513" t="s">
-        <v>1916</v>
+        <v>1962</v>
       </c>
       <c r="C513" t="s">
-        <v>1933</v>
+        <v>305</v>
       </c>
       <c r="D513" t="s">
-        <v>1934</v>
+        <v>306</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1935</v>
+        <v>1971</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1936</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1915</v>
+        <v>1961</v>
       </c>
       <c r="B514" t="s">
-        <v>1916</v>
+        <v>1962</v>
       </c>
       <c r="C514" t="s">
-        <v>65</v>
+        <v>1973</v>
       </c>
       <c r="D514" t="s">
-        <v>66</v>
+        <v>1974</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>1937</v>
+        <v>1975</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1938</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1939</v>
+        <v>1977</v>
       </c>
       <c r="B515" t="s">
-        <v>1940</v>
+        <v>1978</v>
       </c>
       <c r="C515" t="s">
-        <v>1941</v>
+        <v>1979</v>
       </c>
       <c r="D515" t="s">
-        <v>1942</v>
+        <v>1980</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1943</v>
+        <v>1981</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1944</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1939</v>
+        <v>1977</v>
       </c>
       <c r="B516" t="s">
-        <v>1940</v>
+        <v>1978</v>
       </c>
       <c r="C516" t="s">
-        <v>1945</v>
+        <v>1983</v>
       </c>
       <c r="D516" t="s">
-        <v>1946</v>
+        <v>1984</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>1947</v>
+        <v>1985</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1948</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1939</v>
+        <v>1977</v>
       </c>
       <c r="B517" t="s">
-        <v>1940</v>
+        <v>1978</v>
       </c>
       <c r="C517" t="s">
-        <v>325</v>
+        <v>1987</v>
       </c>
       <c r="D517" t="s">
-        <v>326</v>
+        <v>1988</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1949</v>
+        <v>1989</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>1950</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1939</v>
+        <v>1977</v>
       </c>
       <c r="B518" t="s">
-        <v>1940</v>
+        <v>1978</v>
       </c>
       <c r="C518" t="s">
-        <v>1951</v>
+        <v>1991</v>
       </c>
       <c r="D518" t="s">
-        <v>1952</v>
+        <v>1992</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1953</v>
+        <v>1993</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1954</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1955</v>
+        <v>1977</v>
       </c>
       <c r="B519" t="s">
-        <v>1956</v>
+        <v>1978</v>
       </c>
       <c r="C519" t="s">
-        <v>1957</v>
+        <v>1995</v>
       </c>
       <c r="D519" t="s">
-        <v>1958</v>
+        <v>1996</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1959</v>
+        <v>1997</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1960</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>1955</v>
+        <v>1977</v>
       </c>
       <c r="B520" t="s">
-        <v>1956</v>
+        <v>1978</v>
       </c>
       <c r="C520" t="s">
-        <v>1961</v>
+        <v>1999</v>
       </c>
       <c r="D520" t="s">
-        <v>1962</v>
+        <v>2000</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1963</v>
+        <v>2001</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1964</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1955</v>
+        <v>1977</v>
       </c>
       <c r="B521" t="s">
-        <v>1956</v>
+        <v>1978</v>
       </c>
       <c r="C521" t="s">
-        <v>1965</v>
+        <v>2003</v>
       </c>
       <c r="D521" t="s">
-        <v>1966</v>
+        <v>2004</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>1967</v>
+        <v>2005</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1968</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1955</v>
+        <v>1977</v>
       </c>
       <c r="B522" t="s">
-        <v>1956</v>
+        <v>1978</v>
       </c>
       <c r="C522" t="s">
-        <v>1969</v>
+        <v>2007</v>
       </c>
       <c r="D522" t="s">
-        <v>1970</v>
+        <v>2008</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>1971</v>
+        <v>2009</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1972</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1955</v>
+        <v>1977</v>
       </c>
       <c r="B523" t="s">
-        <v>1956</v>
+        <v>1978</v>
       </c>
       <c r="C523" t="s">
-        <v>1973</v>
+        <v>2011</v>
       </c>
       <c r="D523" t="s">
-        <v>1974</v>
+        <v>2012</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>1975</v>
+        <v>2013</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>1976</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>1955</v>
+        <v>1977</v>
       </c>
       <c r="B524" t="s">
-        <v>1956</v>
+        <v>1978</v>
       </c>
       <c r="C524" t="s">
-        <v>1977</v>
+        <v>2015</v>
       </c>
       <c r="D524" t="s">
-        <v>1978</v>
+        <v>2016</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>1979</v>
+        <v>2017</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>1980</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>1955</v>
+        <v>2019</v>
       </c>
       <c r="B525" t="s">
-        <v>1956</v>
+        <v>2020</v>
       </c>
       <c r="C525" t="s">
-        <v>1981</v>
+        <v>2021</v>
       </c>
       <c r="D525" t="s">
-        <v>1982</v>
+        <v>2022</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>1983</v>
+        <v>2023</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>1984</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>1955</v>
+        <v>2019</v>
       </c>
       <c r="B526" t="s">
-        <v>1956</v>
+        <v>2020</v>
       </c>
       <c r="C526" t="s">
-        <v>1985</v>
+        <v>2025</v>
       </c>
       <c r="D526" t="s">
-        <v>1986</v>
+        <v>2026</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>1987</v>
+        <v>2027</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>1988</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>1955</v>
+        <v>2019</v>
       </c>
       <c r="B527" t="s">
-        <v>1956</v>
+        <v>2020</v>
       </c>
       <c r="C527" t="s">
-        <v>1989</v>
+        <v>2029</v>
       </c>
       <c r="D527" t="s">
-        <v>1990</v>
+        <v>2030</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>1991</v>
+        <v>2031</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>1992</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>1955</v>
+        <v>2019</v>
       </c>
       <c r="B528" t="s">
-        <v>1956</v>
+        <v>2020</v>
       </c>
       <c r="C528" t="s">
-        <v>1993</v>
+        <v>2033</v>
       </c>
       <c r="D528" t="s">
-        <v>1994</v>
+        <v>2034</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>1995</v>
+        <v>2035</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>1996</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B529" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C529" t="s">
-        <v>1999</v>
+        <v>2037</v>
       </c>
       <c r="D529" t="s">
-        <v>2000</v>
+        <v>2038</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>2001</v>
+        <v>2039</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>2002</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B530" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C530" t="s">
-        <v>2003</v>
+        <v>2041</v>
       </c>
       <c r="D530" t="s">
-        <v>2004</v>
+        <v>2042</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>2005</v>
+        <v>2043</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>2006</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B531" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C531" t="s">
-        <v>2007</v>
+        <v>2045</v>
       </c>
       <c r="D531" t="s">
-        <v>2008</v>
+        <v>2046</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>2009</v>
+        <v>2047</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>2010</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B532" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C532" t="s">
-        <v>2011</v>
+        <v>2049</v>
       </c>
       <c r="D532" t="s">
-        <v>2012</v>
+        <v>2050</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>2013</v>
+        <v>2051</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>2014</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B533" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C533" t="s">
-        <v>2015</v>
+        <v>2053</v>
       </c>
       <c r="D533" t="s">
-        <v>2016</v>
+        <v>2054</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>2017</v>
+        <v>2055</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>2018</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B534" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C534" t="s">
-        <v>2019</v>
+        <v>2057</v>
       </c>
       <c r="D534" t="s">
-        <v>2020</v>
+        <v>2058</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>2021</v>
+        <v>2059</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>2022</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B535" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C535" t="s">
-        <v>2023</v>
+        <v>2061</v>
       </c>
       <c r="D535" t="s">
-        <v>2024</v>
+        <v>2062</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>2025</v>
+        <v>2063</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>2026</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B536" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C536" t="s">
-        <v>2027</v>
+        <v>526</v>
       </c>
       <c r="D536" t="s">
-        <v>2028</v>
+        <v>527</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>2029</v>
+        <v>2065</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>2030</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B537" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C537" t="s">
-        <v>2031</v>
+        <v>2067</v>
       </c>
       <c r="D537" t="s">
-        <v>2032</v>
+        <v>2068</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>2033</v>
+        <v>2069</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>2034</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B538" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C538" t="s">
-        <v>2035</v>
+        <v>2071</v>
       </c>
       <c r="D538" t="s">
-        <v>2036</v>
+        <v>2072</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>2037</v>
+        <v>2073</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>2038</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B539" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C539" t="s">
-        <v>544</v>
+        <v>2075</v>
       </c>
       <c r="D539" t="s">
-        <v>545</v>
+        <v>2076</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>2039</v>
+        <v>2077</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>2040</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B540" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C540" t="s">
-        <v>2041</v>
+        <v>2079</v>
       </c>
       <c r="D540" t="s">
-        <v>2042</v>
+        <v>2080</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>2044</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B541" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C541" t="s">
-        <v>2045</v>
+        <v>2083</v>
       </c>
       <c r="D541" t="s">
-        <v>2046</v>
+        <v>2084</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>2047</v>
+        <v>2085</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>2048</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="B542" t="s">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="C542" t="s">
-        <v>2049</v>
+        <v>2087</v>
       </c>
       <c r="D542" t="s">
-        <v>2050</v>
+        <v>2088</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>2051</v>
+        <v>2089</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>2052</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>1997</v>
+        <v>2091</v>
       </c>
       <c r="B543" t="s">
-        <v>1998</v>
+        <v>2092</v>
       </c>
       <c r="C543" t="s">
-        <v>2053</v>
+        <v>2093</v>
       </c>
       <c r="D543" t="s">
-        <v>2054</v>
+        <v>2094</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>2055</v>
+        <v>2095</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>2056</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>1997</v>
+        <v>2091</v>
       </c>
       <c r="B544" t="s">
-        <v>1998</v>
+        <v>2092</v>
       </c>
       <c r="C544" t="s">
-        <v>2057</v>
+        <v>2097</v>
       </c>
       <c r="D544" t="s">
-        <v>2058</v>
+        <v>2098</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>2059</v>
+        <v>2099</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>2060</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>1997</v>
+        <v>2091</v>
       </c>
       <c r="B545" t="s">
-        <v>1998</v>
+        <v>2092</v>
       </c>
       <c r="C545" t="s">
-        <v>866</v>
+        <v>301</v>
       </c>
       <c r="D545" t="s">
-        <v>867</v>
+        <v>302</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>2061</v>
+        <v>303</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>2062</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>1997</v>
+        <v>2091</v>
       </c>
       <c r="B546" t="s">
-        <v>1998</v>
+        <v>2092</v>
       </c>
       <c r="C546" t="s">
-        <v>2063</v>
+        <v>1495</v>
       </c>
       <c r="D546" t="s">
-        <v>2064</v>
+        <v>1496</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>2065</v>
+        <v>2102</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>2066</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>2067</v>
+        <v>2091</v>
       </c>
       <c r="B547" t="s">
-        <v>2068</v>
+        <v>2092</v>
       </c>
       <c r="C547" t="s">
-        <v>2069</v>
+        <v>2104</v>
       </c>
       <c r="D547" t="s">
-        <v>2070</v>
+        <v>2105</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>2071</v>
+        <v>2106</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>2072</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>2067</v>
+        <v>2108</v>
       </c>
       <c r="B548" t="s">
-        <v>2068</v>
+        <v>2109</v>
       </c>
       <c r="C548" t="s">
-        <v>321</v>
+        <v>2110</v>
       </c>
       <c r="D548" t="s">
-        <v>322</v>
+        <v>2111</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>323</v>
+        <v>2112</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>2073</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2067</v>
+        <v>2108</v>
       </c>
       <c r="B549" t="s">
-        <v>2068</v>
+        <v>2109</v>
       </c>
       <c r="C549" t="s">
-        <v>1482</v>
+        <v>2114</v>
       </c>
       <c r="D549" t="s">
-        <v>1483</v>
+        <v>2115</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>2074</v>
+        <v>2116</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>2075</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2067</v>
+        <v>2108</v>
       </c>
       <c r="B550" t="s">
-        <v>2068</v>
+        <v>2109</v>
       </c>
       <c r="C550" t="s">
-        <v>2076</v>
+        <v>2118</v>
       </c>
       <c r="D550" t="s">
-        <v>2077</v>
+        <v>2119</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>2078</v>
+        <v>2120</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>2079</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B551" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C551" t="s">
-        <v>2082</v>
+        <v>2122</v>
       </c>
       <c r="D551" t="s">
-        <v>2083</v>
+        <v>2123</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>2084</v>
+        <v>2124</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>2085</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B552" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C552" t="s">
-        <v>520</v>
+        <v>2126</v>
       </c>
       <c r="D552" t="s">
-        <v>521</v>
+        <v>2127</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>2086</v>
+        <v>2128</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>2087</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B553" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C553" t="s">
-        <v>2088</v>
+        <v>2130</v>
       </c>
       <c r="D553" t="s">
-        <v>2089</v>
+        <v>2131</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>2090</v>
+        <v>2132</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>2091</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B554" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C554" t="s">
-        <v>2092</v>
+        <v>2134</v>
       </c>
       <c r="D554" t="s">
-        <v>2093</v>
+        <v>2135</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>2094</v>
+        <v>2136</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>2095</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B555" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C555" t="s">
-        <v>2096</v>
+        <v>2138</v>
       </c>
       <c r="D555" t="s">
-        <v>2097</v>
+        <v>2139</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>2098</v>
+        <v>2140</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>2099</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B556" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C556" t="s">
-        <v>2100</v>
+        <v>2142</v>
       </c>
       <c r="D556" t="s">
-        <v>2101</v>
+        <v>2143</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>2102</v>
+        <v>2144</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>2103</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B557" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C557" t="s">
-        <v>2104</v>
+        <v>2146</v>
       </c>
       <c r="D557" t="s">
-        <v>2105</v>
+        <v>2147</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>2106</v>
+        <v>2148</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>2107</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B558" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C558" t="s">
-        <v>2108</v>
+        <v>840</v>
       </c>
       <c r="D558" t="s">
-        <v>2109</v>
+        <v>841</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>2110</v>
+        <v>2150</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>2111</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B559" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C559" t="s">
-        <v>2112</v>
+        <v>2152</v>
       </c>
       <c r="D559" t="s">
-        <v>2113</v>
+        <v>2153</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>2114</v>
+        <v>2154</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>2115</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B560" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C560" t="s">
-        <v>2116</v>
+        <v>2156</v>
       </c>
       <c r="D560" t="s">
-        <v>2117</v>
+        <v>2157</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>2118</v>
+        <v>2158</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>2119</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B561" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C561" t="s">
-        <v>2120</v>
+        <v>2160</v>
       </c>
       <c r="D561" t="s">
-        <v>2121</v>
+        <v>2161</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>2122</v>
+        <v>2162</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>2123</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B562" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C562" t="s">
-        <v>2076</v>
+        <v>2164</v>
       </c>
       <c r="D562" t="s">
-        <v>2077</v>
+        <v>2165</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>2124</v>
+        <v>2166</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>2125</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="B563" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="C563" t="s">
-        <v>870</v>
+        <v>2168</v>
       </c>
       <c r="D563" t="s">
-        <v>871</v>
+        <v>2169</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>2126</v>
+        <v>2170</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>2127</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2080</v>
+        <v>2172</v>
       </c>
       <c r="B564" t="s">
-        <v>2081</v>
+        <v>2173</v>
       </c>
       <c r="C564" t="s">
-        <v>2128</v>
+        <v>2174</v>
       </c>
       <c r="D564" t="s">
-        <v>2129</v>
+        <v>2175</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>2130</v>
+        <v>2176</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>2131</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>2080</v>
+        <v>2172</v>
       </c>
       <c r="B565" t="s">
-        <v>2081</v>
+        <v>2173</v>
       </c>
       <c r="C565" t="s">
-        <v>2132</v>
+        <v>2178</v>
       </c>
       <c r="D565" t="s">
-        <v>2133</v>
+        <v>2179</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>2134</v>
+        <v>2180</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>2135</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2080</v>
+        <v>2172</v>
       </c>
       <c r="B566" t="s">
-        <v>2081</v>
+        <v>2173</v>
       </c>
       <c r="C566" t="s">
-        <v>2136</v>
+        <v>2182</v>
       </c>
       <c r="D566" t="s">
-        <v>2137</v>
+        <v>2183</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>2138</v>
+        <v>2184</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>2139</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2080</v>
+        <v>2172</v>
       </c>
       <c r="B567" t="s">
-        <v>2081</v>
+        <v>2173</v>
       </c>
       <c r="C567" t="s">
-        <v>2140</v>
+        <v>2186</v>
       </c>
       <c r="D567" t="s">
-        <v>2141</v>
+        <v>2187</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>2142</v>
+        <v>2188</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>2143</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2080</v>
+        <v>2172</v>
       </c>
       <c r="B568" t="s">
-        <v>2081</v>
+        <v>2173</v>
       </c>
       <c r="C568" t="s">
-        <v>2144</v>
+        <v>2190</v>
       </c>
       <c r="D568" t="s">
-        <v>2145</v>
+        <v>2191</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>2146</v>
+        <v>2192</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>2147</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2148</v>
+        <v>2194</v>
       </c>
       <c r="B569" t="s">
-        <v>2149</v>
+        <v>2195</v>
       </c>
       <c r="C569" t="s">
-        <v>2150</v>
+        <v>2196</v>
       </c>
       <c r="D569" t="s">
-        <v>2151</v>
+        <v>2197</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>2152</v>
+        <v>2198</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>2153</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2148</v>
+        <v>2194</v>
       </c>
       <c r="B570" t="s">
-        <v>2149</v>
+        <v>2195</v>
       </c>
       <c r="C570" t="s">
-        <v>2154</v>
+        <v>2200</v>
       </c>
       <c r="D570" t="s">
-        <v>2155</v>
+        <v>2201</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>2156</v>
+        <v>2202</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>2157</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2148</v>
+        <v>2194</v>
       </c>
       <c r="B571" t="s">
-        <v>2149</v>
+        <v>2195</v>
       </c>
       <c r="C571" t="s">
-        <v>2158</v>
+        <v>2204</v>
       </c>
       <c r="D571" t="s">
-        <v>2159</v>
+        <v>2205</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>2160</v>
+        <v>2206</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>2161</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2148</v>
+        <v>2194</v>
       </c>
       <c r="B572" t="s">
-        <v>2149</v>
+        <v>2195</v>
       </c>
       <c r="C572" t="s">
-        <v>2162</v>
+        <v>2208</v>
       </c>
       <c r="D572" t="s">
-        <v>2163</v>
+        <v>2209</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>2164</v>
+        <v>2210</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>2165</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2148</v>
+        <v>2194</v>
       </c>
       <c r="B573" t="s">
-        <v>2149</v>
+        <v>2195</v>
       </c>
       <c r="C573" t="s">
-        <v>309</v>
+        <v>2212</v>
       </c>
       <c r="D573" t="s">
-        <v>310</v>
+        <v>2213</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>2166</v>
+        <v>2214</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>2167</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2148</v>
+        <v>2194</v>
       </c>
       <c r="B574" t="s">
-        <v>2149</v>
+        <v>2195</v>
       </c>
       <c r="C574" t="s">
-        <v>2168</v>
+        <v>2216</v>
       </c>
       <c r="D574" t="s">
-        <v>2169</v>
+        <v>2217</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>2170</v>
+        <v>2218</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>2171</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B575" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C575" t="s">
-        <v>207</v>
+        <v>2220</v>
       </c>
       <c r="D575" t="s">
-        <v>208</v>
+        <v>2221</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>2174</v>
+        <v>2222</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>2175</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B576" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C576" t="s">
-        <v>2176</v>
+        <v>2224</v>
       </c>
       <c r="D576" t="s">
-        <v>2177</v>
+        <v>2225</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>2178</v>
+        <v>2226</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>2179</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B577" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C577" t="s">
-        <v>2180</v>
+        <v>2228</v>
       </c>
       <c r="D577" t="s">
-        <v>2181</v>
+        <v>2229</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>2182</v>
+        <v>2230</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>2183</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B578" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C578" t="s">
-        <v>2184</v>
+        <v>2232</v>
       </c>
       <c r="D578" t="s">
-        <v>2185</v>
+        <v>2233</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>2186</v>
+        <v>2234</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>2187</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B579" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C579" t="s">
-        <v>2188</v>
+        <v>1720</v>
       </c>
       <c r="D579" t="s">
-        <v>2189</v>
+        <v>1721</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>2190</v>
+        <v>2236</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>2191</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B580" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C580" t="s">
-        <v>2192</v>
+        <v>2238</v>
       </c>
       <c r="D580" t="s">
-        <v>2193</v>
+        <v>2239</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>2194</v>
+        <v>2240</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>2195</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B581" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C581" t="s">
-        <v>2196</v>
+        <v>2242</v>
       </c>
       <c r="D581" t="s">
-        <v>2197</v>
+        <v>2243</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>2198</v>
+        <v>2244</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>2199</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B582" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C582" t="s">
-        <v>2200</v>
+        <v>2246</v>
       </c>
       <c r="D582" t="s">
-        <v>2201</v>
+        <v>2247</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>2202</v>
+        <v>2248</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>2203</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B583" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C583" t="s">
-        <v>2204</v>
+        <v>2250</v>
       </c>
       <c r="D583" t="s">
-        <v>2205</v>
+        <v>2251</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>2206</v>
+        <v>2252</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>2207</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B584" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C584" t="s">
-        <v>2208</v>
+        <v>1260</v>
       </c>
       <c r="D584" t="s">
-        <v>2209</v>
+        <v>1261</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>2210</v>
+        <v>2254</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>2211</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B585" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C585" t="s">
-        <v>1714</v>
+        <v>2256</v>
       </c>
       <c r="D585" t="s">
-        <v>1715</v>
+        <v>2257</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>2212</v>
+        <v>2258</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>2213</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B586" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C586" t="s">
-        <v>2214</v>
+        <v>2260</v>
       </c>
       <c r="D586" t="s">
-        <v>2215</v>
+        <v>1463</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>2216</v>
+        <v>2261</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>2217</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B587" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C587" t="s">
-        <v>2218</v>
+        <v>2263</v>
       </c>
       <c r="D587" t="s">
-        <v>2219</v>
+        <v>2264</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>2220</v>
+        <v>2265</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>2221</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B588" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C588" t="s">
-        <v>2222</v>
+        <v>2267</v>
       </c>
       <c r="D588" t="s">
-        <v>2223</v>
+        <v>2268</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>2224</v>
+        <v>2269</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>2225</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B589" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C589" t="s">
-        <v>2226</v>
+        <v>2007</v>
       </c>
       <c r="D589" t="s">
-        <v>2227</v>
+        <v>2008</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>2228</v>
+        <v>2271</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>2229</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2172</v>
+        <v>2194</v>
       </c>
       <c r="B590" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="C590" t="s">
-        <v>1272</v>
+        <v>2273</v>
       </c>
       <c r="D590" t="s">
-        <v>1273</v>
+        <v>2098</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>2230</v>
+        <v>2274</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>2231</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2172</v>
+        <v>2276</v>
       </c>
       <c r="B591" t="s">
-        <v>2173</v>
+        <v>2277</v>
       </c>
       <c r="C591" t="s">
-        <v>2232</v>
+        <v>2278</v>
       </c>
       <c r="D591" t="s">
-        <v>2233</v>
+        <v>2279</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>2234</v>
+        <v>2280</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>2235</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2172</v>
+        <v>2276</v>
       </c>
       <c r="B592" t="s">
-        <v>2173</v>
+        <v>2277</v>
       </c>
       <c r="C592" t="s">
-        <v>2236</v>
+        <v>2282</v>
       </c>
       <c r="D592" t="s">
-        <v>1454</v>
+        <v>2283</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>2237</v>
+        <v>2284</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>2238</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2172</v>
+        <v>2276</v>
       </c>
       <c r="B593" t="s">
-        <v>2173</v>
+        <v>2277</v>
       </c>
       <c r="C593" t="s">
-        <v>2239</v>
+        <v>2286</v>
       </c>
       <c r="D593" t="s">
-        <v>2240</v>
+        <v>2287</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>2241</v>
+        <v>2288</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>2242</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2172</v>
+        <v>2276</v>
       </c>
       <c r="B594" t="s">
-        <v>2173</v>
+        <v>2277</v>
       </c>
       <c r="C594" t="s">
-        <v>800</v>
+        <v>2290</v>
       </c>
       <c r="D594" t="s">
-        <v>801</v>
+        <v>2291</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>2243</v>
+        <v>2292</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>2244</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2172</v>
+        <v>2276</v>
       </c>
       <c r="B595" t="s">
-        <v>2173</v>
+        <v>2277</v>
       </c>
       <c r="C595" t="s">
-        <v>1985</v>
+        <v>2294</v>
       </c>
       <c r="D595" t="s">
-        <v>1986</v>
+        <v>2295</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>2245</v>
+        <v>2296</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>2246</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2172</v>
+        <v>2276</v>
       </c>
       <c r="B596" t="s">
-        <v>2173</v>
+        <v>2277</v>
       </c>
       <c r="C596" t="s">
-        <v>2247</v>
+        <v>2298</v>
       </c>
       <c r="D596" t="s">
-        <v>2070</v>
+        <v>2299</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>2248</v>
+        <v>2300</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>2249</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B597" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C597" t="s">
-        <v>2252</v>
+        <v>2302</v>
       </c>
       <c r="D597" t="s">
-        <v>2253</v>
+        <v>2303</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>2254</v>
+        <v>2304</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>2255</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B598" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C598" t="s">
-        <v>2256</v>
+        <v>2306</v>
       </c>
       <c r="D598" t="s">
-        <v>2257</v>
+        <v>2307</v>
       </c>
       <c r="E598" s="2" t="s">
-        <v>2258</v>
+        <v>2308</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>2259</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B599" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C599" t="s">
-        <v>2260</v>
+        <v>2310</v>
       </c>
       <c r="D599" t="s">
-        <v>2261</v>
+        <v>2311</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>2262</v>
+        <v>2312</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>2263</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B600" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C600" t="s">
-        <v>2264</v>
+        <v>2314</v>
       </c>
       <c r="D600" t="s">
-        <v>2265</v>
+        <v>2315</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>2266</v>
+        <v>2316</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>2267</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B601" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C601" t="s">
-        <v>2268</v>
+        <v>2318</v>
       </c>
       <c r="D601" t="s">
-        <v>2269</v>
+        <v>2319</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>2270</v>
+        <v>2320</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>2271</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B602" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C602" t="s">
-        <v>2272</v>
+        <v>2322</v>
       </c>
       <c r="D602" t="s">
-        <v>2273</v>
+        <v>2323</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>2274</v>
+        <v>2324</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>2275</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B603" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C603" t="s">
-        <v>2276</v>
+        <v>2326</v>
       </c>
       <c r="D603" t="s">
-        <v>2277</v>
+        <v>2327</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>2278</v>
+        <v>2328</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>2279</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B604" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C604" t="s">
-        <v>2280</v>
+        <v>2330</v>
       </c>
       <c r="D604" t="s">
-        <v>2281</v>
+        <v>2331</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>2282</v>
+        <v>2332</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>2283</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B605" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C605" t="s">
-        <v>2284</v>
+        <v>2334</v>
       </c>
       <c r="D605" t="s">
-        <v>2285</v>
+        <v>2335</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>2286</v>
+        <v>2336</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>2287</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B606" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C606" t="s">
-        <v>2288</v>
+        <v>2338</v>
       </c>
       <c r="D606" t="s">
-        <v>2289</v>
+        <v>2339</v>
       </c>
       <c r="E606" s="2" t="s">
-        <v>2290</v>
+        <v>2340</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>2291</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B607" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C607" t="s">
-        <v>2292</v>
+        <v>2342</v>
       </c>
       <c r="D607" t="s">
-        <v>2293</v>
+        <v>2343</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>2294</v>
+        <v>2344</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>2295</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B608" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C608" t="s">
-        <v>2296</v>
+        <v>2346</v>
       </c>
       <c r="D608" t="s">
-        <v>2297</v>
+        <v>2347</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>2298</v>
+        <v>2348</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>2299</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B609" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C609" t="s">
-        <v>2300</v>
+        <v>61</v>
       </c>
       <c r="D609" t="s">
-        <v>2301</v>
+        <v>62</v>
       </c>
       <c r="E609" s="2" t="s">
-        <v>2302</v>
+        <v>2350</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>2303</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B610" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C610" t="s">
-        <v>2304</v>
+        <v>2352</v>
       </c>
       <c r="D610" t="s">
-        <v>2305</v>
+        <v>2353</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>2306</v>
+        <v>2354</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>2307</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B611" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C611" t="s">
-        <v>2308</v>
+        <v>402</v>
       </c>
       <c r="D611" t="s">
-        <v>2309</v>
+        <v>403</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>2310</v>
+        <v>2356</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>2311</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B612" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C612" t="s">
-        <v>2312</v>
+        <v>2358</v>
       </c>
       <c r="D612" t="s">
-        <v>2313</v>
+        <v>2359</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>2314</v>
+        <v>2360</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>2315</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B613" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C613" t="s">
-        <v>2316</v>
+        <v>2362</v>
       </c>
       <c r="D613" t="s">
-        <v>2317</v>
+        <v>2363</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>2318</v>
+        <v>2364</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>2319</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B614" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C614" t="s">
-        <v>1614</v>
+        <v>2366</v>
       </c>
       <c r="D614" t="s">
-        <v>1615</v>
+        <v>2367</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>2320</v>
+        <v>2368</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>2321</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2250</v>
+        <v>2276</v>
       </c>
       <c r="B615" t="s">
-        <v>2251</v>
+        <v>2277</v>
       </c>
       <c r="C615" t="s">
-        <v>2322</v>
+        <v>2370</v>
       </c>
       <c r="D615" t="s">
-        <v>2323</v>
+        <v>2371</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>2324</v>
+        <v>2372</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>2325</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2250</v>
+        <v>2374</v>
       </c>
       <c r="B616" t="s">
-        <v>2251</v>
+        <v>2375</v>
       </c>
       <c r="C616" t="s">
-        <v>61</v>
+        <v>2376</v>
       </c>
       <c r="D616" t="s">
-        <v>62</v>
+        <v>2377</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>2326</v>
+        <v>2378</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>2327</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2250</v>
+        <v>2374</v>
       </c>
       <c r="B617" t="s">
-        <v>2251</v>
+        <v>2375</v>
       </c>
       <c r="C617" t="s">
-        <v>2328</v>
+        <v>1256</v>
       </c>
       <c r="D617" t="s">
-        <v>2329</v>
+        <v>1257</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>2330</v>
+        <v>2380</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>2331</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2250</v>
+        <v>2374</v>
       </c>
       <c r="B618" t="s">
-        <v>2251</v>
+        <v>2375</v>
       </c>
       <c r="C618" t="s">
-        <v>420</v>
+        <v>2382</v>
       </c>
       <c r="D618" t="s">
-        <v>421</v>
+        <v>2383</v>
       </c>
       <c r="E618" s="2" t="s">
-        <v>2332</v>
+        <v>2384</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>2333</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2250</v>
+        <v>2386</v>
       </c>
       <c r="B619" t="s">
-        <v>2251</v>
+        <v>2387</v>
       </c>
       <c r="C619" t="s">
-        <v>2334</v>
+        <v>2388</v>
       </c>
       <c r="D619" t="s">
-        <v>2335</v>
+        <v>2389</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>2336</v>
+        <v>2390</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>2337</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2250</v>
+        <v>2386</v>
       </c>
       <c r="B620" t="s">
-        <v>2251</v>
+        <v>2387</v>
       </c>
       <c r="C620" t="s">
-        <v>2338</v>
+        <v>2392</v>
       </c>
       <c r="D620" t="s">
-        <v>2339</v>
+        <v>2393</v>
       </c>
       <c r="E620" s="2" t="s">
-        <v>2340</v>
+        <v>2394</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>2341</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2250</v>
+        <v>2386</v>
       </c>
       <c r="B621" t="s">
-        <v>2251</v>
+        <v>2387</v>
       </c>
       <c r="C621" t="s">
-        <v>2342</v>
+        <v>2396</v>
       </c>
       <c r="D621" t="s">
-        <v>2343</v>
+        <v>2397</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>2344</v>
+        <v>2398</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>2345</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2250</v>
+        <v>2386</v>
       </c>
       <c r="B622" t="s">
-        <v>2251</v>
+        <v>2387</v>
       </c>
       <c r="C622" t="s">
-        <v>2346</v>
+        <v>2400</v>
       </c>
       <c r="D622" t="s">
-        <v>2347</v>
+        <v>2401</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>2348</v>
+        <v>2402</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>2349</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2350</v>
+        <v>2386</v>
       </c>
       <c r="B623" t="s">
-        <v>2351</v>
+        <v>2387</v>
       </c>
       <c r="C623" t="s">
-        <v>2352</v>
+        <v>2404</v>
       </c>
       <c r="D623" t="s">
-        <v>2353</v>
+        <v>2405</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>2354</v>
+        <v>2406</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>2355</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2350</v>
+        <v>2386</v>
       </c>
       <c r="B624" t="s">
-        <v>2351</v>
+        <v>2387</v>
       </c>
       <c r="C624" t="s">
-        <v>1268</v>
+        <v>2408</v>
       </c>
       <c r="D624" t="s">
-        <v>1269</v>
+        <v>2409</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>2356</v>
+        <v>2410</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>2357</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2350</v>
+        <v>2386</v>
       </c>
       <c r="B625" t="s">
-        <v>2351</v>
+        <v>2387</v>
       </c>
       <c r="C625" t="s">
-        <v>2358</v>
+        <v>2412</v>
       </c>
       <c r="D625" t="s">
-        <v>2359</v>
+        <v>2413</v>
       </c>
       <c r="E625" s="2" t="s">
-        <v>2360</v>
+        <v>2414</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>2361</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B626" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C626" t="s">
-        <v>2364</v>
+        <v>2416</v>
       </c>
       <c r="D626" t="s">
-        <v>2365</v>
+        <v>2417</v>
       </c>
       <c r="E626" s="2" t="s">
-        <v>2366</v>
+        <v>2418</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>2367</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B627" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C627" t="s">
-        <v>2368</v>
+        <v>374</v>
       </c>
       <c r="D627" t="s">
-        <v>2369</v>
+        <v>375</v>
       </c>
       <c r="E627" s="2" t="s">
-        <v>2370</v>
+        <v>2420</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>2371</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B628" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C628" t="s">
-        <v>2372</v>
+        <v>2422</v>
       </c>
       <c r="D628" t="s">
-        <v>2373</v>
+        <v>2423</v>
       </c>
       <c r="E628" s="2" t="s">
-        <v>2374</v>
+        <v>2424</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>2375</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B629" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C629" t="s">
-        <v>2376</v>
+        <v>2426</v>
       </c>
       <c r="D629" t="s">
-        <v>2377</v>
+        <v>2427</v>
       </c>
       <c r="E629" s="2" t="s">
-        <v>2378</v>
+        <v>2428</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>2379</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B630" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C630" t="s">
-        <v>2380</v>
+        <v>2430</v>
       </c>
       <c r="D630" t="s">
-        <v>2381</v>
+        <v>2431</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>2382</v>
+        <v>2432</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>2383</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B631" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C631" t="s">
-        <v>2384</v>
+        <v>2434</v>
       </c>
       <c r="D631" t="s">
-        <v>2385</v>
+        <v>2435</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>2386</v>
+        <v>2436</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>2387</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B632" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C632" t="s">
-        <v>2388</v>
+        <v>2438</v>
       </c>
       <c r="D632" t="s">
-        <v>2389</v>
+        <v>2439</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>2390</v>
+        <v>2440</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>2391</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B633" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C633" t="s">
-        <v>2392</v>
+        <v>2442</v>
       </c>
       <c r="D633" t="s">
-        <v>2393</v>
+        <v>2443</v>
       </c>
       <c r="E633" s="2" t="s">
-        <v>2394</v>
+        <v>2444</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>2395</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B634" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C634" t="s">
-        <v>394</v>
+        <v>2446</v>
       </c>
       <c r="D634" t="s">
-        <v>395</v>
+        <v>2447</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>2397</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B635" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C635" t="s">
-        <v>2398</v>
+        <v>2450</v>
       </c>
       <c r="D635" t="s">
-        <v>2399</v>
+        <v>2451</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>2400</v>
+        <v>2452</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>2401</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B636" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C636" t="s">
-        <v>2402</v>
+        <v>2454</v>
       </c>
       <c r="D636" t="s">
-        <v>2403</v>
+        <v>2455</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>2404</v>
+        <v>2456</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>2405</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B637" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C637" t="s">
-        <v>2406</v>
+        <v>2458</v>
       </c>
       <c r="D637" t="s">
-        <v>2407</v>
+        <v>2459</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>2408</v>
+        <v>2460</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>2409</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B638" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C638" t="s">
-        <v>2410</v>
+        <v>2462</v>
       </c>
       <c r="D638" t="s">
-        <v>2411</v>
+        <v>2463</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>2412</v>
+        <v>2464</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>2413</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B639" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C639" t="s">
-        <v>2414</v>
+        <v>2134</v>
       </c>
       <c r="D639" t="s">
-        <v>2415</v>
+        <v>2135</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>2416</v>
+        <v>2466</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>2417</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B640" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C640" t="s">
-        <v>2418</v>
+        <v>538</v>
       </c>
       <c r="D640" t="s">
-        <v>2419</v>
+        <v>539</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>2420</v>
+        <v>2468</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>2421</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B641" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C641" t="s">
-        <v>2422</v>
+        <v>1454</v>
       </c>
       <c r="D641" t="s">
-        <v>2423</v>
+        <v>1455</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>2424</v>
+        <v>2470</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>2425</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B642" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C642" t="s">
-        <v>2426</v>
+        <v>2472</v>
       </c>
       <c r="D642" t="s">
-        <v>2427</v>
+        <v>2473</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>2428</v>
+        <v>2474</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>2429</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B643" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C643" t="s">
-        <v>2430</v>
+        <v>2476</v>
       </c>
       <c r="D643" t="s">
-        <v>2431</v>
+        <v>2477</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>2432</v>
+        <v>2478</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>2433</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B644" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C644" t="s">
-        <v>2434</v>
+        <v>2480</v>
       </c>
       <c r="D644" t="s">
-        <v>2435</v>
+        <v>2481</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>2436</v>
+        <v>2482</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>2437</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B645" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C645" t="s">
-        <v>2438</v>
+        <v>2484</v>
       </c>
       <c r="D645" t="s">
-        <v>2439</v>
+        <v>2485</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>2440</v>
+        <v>2486</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2441</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B646" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C646" t="s">
-        <v>2108</v>
+        <v>2488</v>
       </c>
       <c r="D646" t="s">
-        <v>2109</v>
+        <v>2489</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>2442</v>
+        <v>2490</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>2443</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B647" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C647" t="s">
-        <v>560</v>
+        <v>2492</v>
       </c>
       <c r="D647" t="s">
-        <v>561</v>
+        <v>2493</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>2444</v>
+        <v>2494</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>2445</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B648" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C648" t="s">
-        <v>1445</v>
+        <v>2496</v>
       </c>
       <c r="D648" t="s">
-        <v>1446</v>
+        <v>2497</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>2446</v>
+        <v>2498</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>2447</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2362</v>
+        <v>2386</v>
       </c>
       <c r="B649" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C649" t="s">
-        <v>2448</v>
+        <v>2500</v>
       </c>
       <c r="D649" t="s">
-        <v>2449</v>
+        <v>2501</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>2450</v>
+        <v>2502</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>2451</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>2362</v>
+        <v>2504</v>
       </c>
       <c r="B650" t="s">
-        <v>2363</v>
+        <v>2505</v>
       </c>
       <c r="C650" t="s">
-        <v>2452</v>
+        <v>2506</v>
       </c>
       <c r="D650" t="s">
-        <v>2453</v>
+        <v>2507</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>2454</v>
+        <v>2508</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>2455</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2362</v>
+        <v>2504</v>
       </c>
       <c r="B651" t="s">
-        <v>2363</v>
+        <v>2505</v>
       </c>
       <c r="C651" t="s">
-        <v>2456</v>
+        <v>2510</v>
       </c>
       <c r="D651" t="s">
-        <v>2457</v>
+        <v>2511</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>2458</v>
+        <v>2512</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>2459</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2362</v>
+        <v>2504</v>
       </c>
       <c r="B652" t="s">
-        <v>2363</v>
+        <v>2505</v>
       </c>
       <c r="C652" t="s">
-        <v>2460</v>
+        <v>2514</v>
       </c>
       <c r="D652" t="s">
-        <v>2461</v>
+        <v>2515</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>2462</v>
+        <v>2516</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>2463</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2362</v>
+        <v>2504</v>
       </c>
       <c r="B653" t="s">
-        <v>2363</v>
+        <v>2505</v>
       </c>
       <c r="C653" t="s">
-        <v>2464</v>
+        <v>2518</v>
       </c>
       <c r="D653" t="s">
-        <v>2465</v>
+        <v>2519</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>2466</v>
+        <v>2520</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>2467</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2362</v>
+        <v>2504</v>
       </c>
       <c r="B654" t="s">
-        <v>2363</v>
+        <v>2505</v>
       </c>
       <c r="C654" t="s">
-        <v>2468</v>
+        <v>2522</v>
       </c>
       <c r="D654" t="s">
-        <v>2469</v>
+        <v>2523</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>2470</v>
+        <v>2524</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>2471</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2362</v>
+        <v>2504</v>
       </c>
       <c r="B655" t="s">
-        <v>2363</v>
+        <v>2505</v>
       </c>
       <c r="C655" t="s">
-        <v>2472</v>
+        <v>2526</v>
       </c>
       <c r="D655" t="s">
-        <v>2473</v>
+        <v>2527</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>2474</v>
+        <v>2528</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>2475</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2362</v>
+        <v>2504</v>
       </c>
       <c r="B656" t="s">
-        <v>2363</v>
+        <v>2505</v>
       </c>
       <c r="C656" t="s">
-        <v>2476</v>
+        <v>2530</v>
       </c>
       <c r="D656" t="s">
-        <v>2477</v>
+        <v>2531</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>2478</v>
+        <v>2532</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>2479</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2480</v>
+        <v>2504</v>
       </c>
       <c r="B657" t="s">
-        <v>2481</v>
+        <v>2505</v>
       </c>
       <c r="C657" t="s">
-        <v>2482</v>
+        <v>2534</v>
       </c>
       <c r="D657" t="s">
-        <v>2483</v>
+        <v>2535</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>2484</v>
+        <v>2536</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>2485</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>2480</v>
+        <v>2504</v>
       </c>
       <c r="B658" t="s">
-        <v>2481</v>
+        <v>2505</v>
       </c>
       <c r="C658" t="s">
-        <v>2486</v>
+        <v>2538</v>
       </c>
       <c r="D658" t="s">
-        <v>2487</v>
+        <v>2539</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>2488</v>
+        <v>2540</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>2489</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>2480</v>
+        <v>2542</v>
       </c>
       <c r="B659" t="s">
-        <v>2481</v>
+        <v>2543</v>
       </c>
       <c r="C659" t="s">
-        <v>2490</v>
+        <v>2544</v>
       </c>
       <c r="D659" t="s">
-        <v>2491</v>
+        <v>2545</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>2492</v>
+        <v>2546</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>2493</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2480</v>
+        <v>2542</v>
       </c>
       <c r="B660" t="s">
-        <v>2481</v>
+        <v>2543</v>
       </c>
       <c r="C660" t="s">
-        <v>2494</v>
+        <v>281</v>
       </c>
       <c r="D660" t="s">
-        <v>2495</v>
+        <v>282</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>2496</v>
+        <v>2548</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>2497</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2480</v>
+        <v>2542</v>
       </c>
       <c r="B661" t="s">
-        <v>2481</v>
+        <v>2543</v>
       </c>
       <c r="C661" t="s">
-        <v>2498</v>
+        <v>2550</v>
       </c>
       <c r="D661" t="s">
-        <v>2499</v>
+        <v>2551</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>2500</v>
+        <v>2552</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>2501</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2480</v>
+        <v>2542</v>
       </c>
       <c r="B662" t="s">
-        <v>2481</v>
+        <v>2543</v>
       </c>
       <c r="C662" t="s">
-        <v>2502</v>
+        <v>2554</v>
       </c>
       <c r="D662" t="s">
-        <v>2503</v>
+        <v>2555</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>2504</v>
+        <v>2556</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>2505</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2480</v>
+        <v>2542</v>
       </c>
       <c r="B663" t="s">
-        <v>2481</v>
+        <v>2543</v>
       </c>
       <c r="C663" t="s">
-        <v>2506</v>
+        <v>2558</v>
       </c>
       <c r="D663" t="s">
-        <v>2507</v>
+        <v>2559</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>2508</v>
+        <v>2560</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>2509</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2480</v>
+        <v>2542</v>
       </c>
       <c r="B664" t="s">
-        <v>2481</v>
+        <v>2543</v>
       </c>
       <c r="C664" t="s">
-        <v>2510</v>
+        <v>2562</v>
       </c>
       <c r="D664" t="s">
-        <v>2511</v>
+        <v>2563</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>2512</v>
+        <v>2564</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2513</v>
-[...159 lines deleted...]
-        <v>2543</v>
+        <v>2565</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">